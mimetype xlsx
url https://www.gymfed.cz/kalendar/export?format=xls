--- v0 (2025-10-30)
+++ v1 (2026-01-29)
@@ -1,2986 +1,1562 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="9" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="8" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="gymnasticky aerobik" sheetId="1" r:id="rId4"/>
     <sheet name="akrobaticka gymnastika" sheetId="2" r:id="rId5"/>
     <sheet name="parkour" sheetId="3" r:id="rId6"/>
     <sheet name="sportovni gymnastika muzu" sheetId="4" r:id="rId7"/>
     <sheet name="sportovni gymnastika zen" sheetId="5" r:id="rId8"/>
-    <sheet name="splh na lane" sheetId="6" r:id="rId9"/>
-[...3 lines deleted...]
-    <sheet name="nerozliseno" sheetId="10" r:id="rId13"/>
+    <sheet name="teamgym" sheetId="6" r:id="rId9"/>
+    <sheet name="skoky na trampoline" sheetId="7" r:id="rId10"/>
+    <sheet name="vseobecna gymnastika" sheetId="8" r:id="rId11"/>
+    <sheet name="nerozliseno" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="969">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="495">
   <si>
     <t>datum</t>
   </si>
   <si>
     <t>název</t>
   </si>
   <si>
     <t>místo</t>
   </si>
   <si>
     <t>typ</t>
   </si>
   <si>
-    <t>17.1.-19.1.2025</t>
-[...2 lines deleted...]
-    <t>Školení národních rozhodčí AER</t>
+    <t>14.3.-15.3.2026</t>
+  </si>
+  <si>
+    <t>1. kolo PF 2026</t>
+  </si>
+  <si>
+    <t>Městská hala Jablonec nad Nisou</t>
+  </si>
+  <si>
+    <t>zahraniční</t>
+  </si>
+  <si>
+    <t>27.3.-29.3.2026</t>
+  </si>
+  <si>
+    <t>AER Světový pohár</t>
+  </si>
+  <si>
+    <t>Cantanhede (POR)</t>
+  </si>
+  <si>
+    <t>reprezentační</t>
+  </si>
+  <si>
+    <t>4.9.-6.9.2026</t>
+  </si>
+  <si>
+    <t>SVĚTOVÝ ZÁVOD MLÁDEŽE V AEROBIKU</t>
+  </si>
+  <si>
+    <t>Pamplona / ESP</t>
+  </si>
+  <si>
+    <t>MISTROVSTVÍ SVĚTA JUNIORŮ V AEROBIKU</t>
+  </si>
+  <si>
+    <t>11.9.-13.9.2026</t>
+  </si>
+  <si>
+    <t>MISTROVSTVÍ SVĚTA V AEROBIKU</t>
+  </si>
+  <si>
+    <t>7.3.-8.3.2026</t>
+  </si>
+  <si>
+    <t>MsM Praha (II.VT)</t>
+  </si>
+  <si>
+    <t>Praha 5</t>
+  </si>
+  <si>
+    <t>ostatní</t>
+  </si>
+  <si>
+    <t>14.3.2026</t>
+  </si>
+  <si>
+    <t>Začni s Mistry</t>
+  </si>
+  <si>
+    <t>Příbram</t>
+  </si>
+  <si>
+    <t>29.3.2026</t>
+  </si>
+  <si>
+    <t>Sedlčany</t>
+  </si>
+  <si>
+    <t>11.4.-12.4.2026</t>
+  </si>
+  <si>
+    <t>MsM České Budějovice (II.VT)</t>
+  </si>
+  <si>
+    <t>České Budějovice</t>
+  </si>
+  <si>
+    <t>18.4.-19.4.2026</t>
+  </si>
+  <si>
+    <t>MsM Ostrava (II.VT)</t>
+  </si>
+  <si>
+    <t>Ostrava</t>
+  </si>
+  <si>
+    <t>23.4.-26.4.2026</t>
+  </si>
+  <si>
+    <t>Czech Aerobic Open</t>
   </si>
   <si>
     <t>Praha</t>
   </si>
   <si>
+    <t>26.4.2026</t>
+  </si>
+  <si>
+    <t>Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>8.5.-9.5.2026</t>
+  </si>
+  <si>
+    <t>MsM Chotěboř (II.VT)</t>
+  </si>
+  <si>
+    <t>Chotěboř</t>
+  </si>
+  <si>
+    <t>16.5.2026</t>
+  </si>
+  <si>
+    <t>Slaný</t>
+  </si>
+  <si>
+    <t>30.5.-31.5.2026</t>
+  </si>
+  <si>
+    <t>MsM Kolín (II.VT)</t>
+  </si>
+  <si>
+    <t>Kolín</t>
+  </si>
+  <si>
+    <t>7.2.2026</t>
+  </si>
+  <si>
+    <t>Acro Cup Havířov</t>
+  </si>
+  <si>
+    <t>Havířov</t>
+  </si>
+  <si>
+    <t>8.2.2026</t>
+  </si>
+  <si>
+    <t>Morava Open</t>
+  </si>
+  <si>
+    <t>28.11.2026</t>
+  </si>
+  <si>
+    <t>Hvězdy nad Vysočinou 2026</t>
+  </si>
+  <si>
+    <t>Dolní Cerekev</t>
+  </si>
+  <si>
+    <t>23.5.2026</t>
+  </si>
+  <si>
+    <t>Český pohár v parkouru Praha 2026</t>
+  </si>
+  <si>
+    <t>pohárové</t>
+  </si>
+  <si>
+    <t>12.9.2026</t>
+  </si>
+  <si>
+    <t>Český pohár v parkouru Plzeň 2026</t>
+  </si>
+  <si>
+    <t>Krašovská aktivity centrum Plzeň</t>
+  </si>
+  <si>
+    <t>21.3.2026</t>
+  </si>
+  <si>
+    <t>Angel speed cup 2026</t>
+  </si>
+  <si>
+    <t>Základní škola a mateřská škola ANGEL v Praze 12</t>
+  </si>
+  <si>
+    <t>23.1.-25.1.2026</t>
+  </si>
+  <si>
+    <t>Školení trenérů III. třídy a asistentů trenéra</t>
+  </si>
+  <si>
+    <t>City Campus Ostravské univerzity</t>
+  </si>
+  <si>
     <t>školení, semináře</t>
   </si>
   <si>
-    <t>15.2.-21.2.2025</t>
-[...32 lines deleted...]
-    <t>2. kolo PF</t>
+    <t>13.3.-15.3.2026</t>
+  </si>
+  <si>
+    <t>Školení asistenta trenéra a školení 3. třídy sportovní gymnastiky</t>
+  </si>
+  <si>
+    <t>7.3.2026</t>
+  </si>
+  <si>
+    <t>Gymnastická mimina - Mem. M. Vaculíka</t>
+  </si>
+  <si>
+    <t>Prostějov</t>
+  </si>
+  <si>
+    <t>15.3.2026</t>
+  </si>
+  <si>
+    <t>Poděbradská cvička - muži</t>
+  </si>
+  <si>
+    <t>T.J. Sokol Poděbrady</t>
+  </si>
+  <si>
+    <t>12.4.2026</t>
+  </si>
+  <si>
+    <t>Jarní pohár Plzeň</t>
+  </si>
+  <si>
+    <t>17.4.-18.4.2026</t>
+  </si>
+  <si>
+    <t>Pražská liga mládeže - jaro</t>
+  </si>
+  <si>
+    <t>SK Hradčany</t>
+  </si>
+  <si>
+    <t>25.4.2026</t>
+  </si>
+  <si>
+    <t>ZNOJMO GYM CUP 2026</t>
+  </si>
+  <si>
+    <t>Sportovní hala TJ Znojmo</t>
+  </si>
+  <si>
+    <t>8.5.2026</t>
+  </si>
+  <si>
+    <t>Májový pohár</t>
+  </si>
+  <si>
+    <t>tělocvična školy K. H. Máchy</t>
+  </si>
+  <si>
+    <t>9.10.-10.10.2026</t>
+  </si>
+  <si>
+    <t>Pražská liga mládeže - podzim</t>
+  </si>
+  <si>
+    <t>31.10.2026</t>
+  </si>
+  <si>
+    <t>Memoriál Karla Hartiga</t>
+  </si>
+  <si>
+    <t>Sokolovna Kolín</t>
+  </si>
+  <si>
+    <t>12.12.2026</t>
+  </si>
+  <si>
+    <t>Zlínský sněhulák 2026</t>
+  </si>
+  <si>
+    <t>19.12.2026</t>
+  </si>
+  <si>
+    <t>Vánoční závod - Vršovice</t>
+  </si>
+  <si>
+    <t>Praha 10</t>
+  </si>
+  <si>
+    <t>24.4.2026</t>
+  </si>
+  <si>
+    <t>Přebor Středočeského kraje</t>
+  </si>
+  <si>
+    <t>přebornické</t>
+  </si>
+  <si>
+    <t>Oblastní Přebor ČOS - ČECHY</t>
+  </si>
+  <si>
+    <t>Oblastní přebor ČOS - Morava</t>
+  </si>
+  <si>
+    <t>Brno</t>
+  </si>
+  <si>
+    <t>SGM Přebor Jihomoravského kraje</t>
+  </si>
+  <si>
+    <t>1.5.2026</t>
+  </si>
+  <si>
+    <t>SGM Finále Přeboru ČOS</t>
+  </si>
+  <si>
+    <t>T.J. Sokol Brno I</t>
+  </si>
+  <si>
+    <t>Krajský přebor Libereckého a Královéhradeckého kraje</t>
+  </si>
+  <si>
+    <t>Gymnastická hala Liberec</t>
+  </si>
+  <si>
+    <t>Přebor Plzeňského a Karlovarského kraje</t>
+  </si>
+  <si>
+    <t>TJ Sokol Plzeň 1</t>
+  </si>
+  <si>
+    <t>29.5.2026</t>
+  </si>
+  <si>
+    <t>SGM Přebor hl.m. Prahy jednotlivců</t>
+  </si>
+  <si>
+    <t>30.10.2026</t>
+  </si>
+  <si>
+    <t>SGM Přebor hl. m. Prahy</t>
+  </si>
+  <si>
+    <t>6.6.-7.6.2026</t>
+  </si>
+  <si>
+    <t>SGM Mistrovství ČR jednotlivců a družstev</t>
+  </si>
+  <si>
+    <t>Liberec</t>
+  </si>
+  <si>
+    <t>mistrovské</t>
+  </si>
+  <si>
+    <t>12.6.-14.6.2026</t>
+  </si>
+  <si>
+    <t>MISTROVSTVÍ ČR MT</t>
+  </si>
+  <si>
+    <t>Třinec</t>
+  </si>
+  <si>
+    <t>7.5.-10.5.2026</t>
+  </si>
+  <si>
+    <t>Světový pohár Varna</t>
+  </si>
+  <si>
+    <t>Varna (BUL)</t>
+  </si>
+  <si>
+    <t>3.10.-4.10.2026</t>
+  </si>
+  <si>
+    <t>GYMNASTICS EUROPEAN LEAGUE  &amp; GP JIRI MATUCHA 2026</t>
+  </si>
+  <si>
+    <t>19.2.-22.2.2026</t>
+  </si>
+  <si>
+    <t>Světový pohár - Turnier der Meister</t>
+  </si>
+  <si>
+    <t>Cottbus (GER)</t>
+  </si>
+  <si>
+    <t>5.3.-8.3.2026</t>
+  </si>
+  <si>
+    <t>Světový pohár - AGF Trophy</t>
+  </si>
+  <si>
+    <t>Baku (AZE)</t>
+  </si>
+  <si>
+    <t>12.3.-15.3.2026</t>
+  </si>
+  <si>
+    <t>Světový pohár - Antalya</t>
+  </si>
+  <si>
+    <t>Antalya (TUR)</t>
+  </si>
+  <si>
+    <t>3.4.-6.4.2026</t>
+  </si>
+  <si>
+    <t>Světový pohár - Káhira</t>
+  </si>
+  <si>
+    <t>Káhira (EGY)</t>
+  </si>
+  <si>
+    <t>9.4.-12.4.2026</t>
+  </si>
+  <si>
+    <t>Světový pohár - Osijek</t>
+  </si>
+  <si>
+    <t>Osijek (CRO)</t>
+  </si>
+  <si>
+    <t>15.4.-18.4.2026</t>
+  </si>
+  <si>
+    <t>Světový pohár Dauhá</t>
+  </si>
+  <si>
+    <t>Dauhá (QAT)</t>
+  </si>
+  <si>
+    <t>28.5.-31.5.2026</t>
+  </si>
+  <si>
+    <t>Světový pohár Koper</t>
+  </si>
+  <si>
+    <t>Koper (SLO)</t>
+  </si>
+  <si>
+    <t>17.6.-20.6.2026</t>
+  </si>
+  <si>
+    <t>Světový pohár Taškent</t>
+  </si>
+  <si>
+    <t>Taškent (UZB)</t>
+  </si>
+  <si>
+    <t>17.7.-18.7.2026</t>
+  </si>
+  <si>
+    <t>SGM Mezistátní utkání juniorů AUT-CZE-GER-POL</t>
+  </si>
+  <si>
+    <t>Linz / AUT</t>
+  </si>
+  <si>
+    <t>19.8.-23.8.2026</t>
+  </si>
+  <si>
+    <t>MISTROVSTVÍ EVROPY</t>
+  </si>
+  <si>
+    <t>Záhřeb (CRO)</t>
+  </si>
+  <si>
+    <t>18.9.-20.9.2026</t>
+  </si>
+  <si>
+    <t>Světový pohár Szombathely</t>
+  </si>
+  <si>
+    <t>Szombathely (HUN)</t>
+  </si>
+  <si>
+    <t>26.9.-27.9.2026</t>
+  </si>
+  <si>
+    <t>Světový pohár Paříž</t>
+  </si>
+  <si>
+    <t>Paříž (FRA)</t>
+  </si>
+  <si>
+    <t>17.10.-25.10.2026</t>
+  </si>
+  <si>
+    <t>MISTROVSTVÍ SVĚTA</t>
+  </si>
+  <si>
+    <t>Rotterdam (NED)</t>
+  </si>
+  <si>
+    <t>31.10.-13.11.2026</t>
+  </si>
+  <si>
+    <t>YOG - OLYMPIJSKÉ HRY MLÁDEŽE</t>
+  </si>
+  <si>
+    <t>Dakar (SEN)</t>
+  </si>
+  <si>
+    <t>27.11.-29.11.2026</t>
+  </si>
+  <si>
+    <t>Věra Čáslavská - OHC</t>
+  </si>
+  <si>
+    <t>Hala míčových sportů</t>
+  </si>
+  <si>
+    <t>Věra Čáslavská - GP</t>
+  </si>
+  <si>
+    <t>23.9.-7.10.2027</t>
+  </si>
+  <si>
+    <t>MISTROVSTVÍ SVĚTA VE SPORTOVNÍ GYMNASTICE</t>
+  </si>
+  <si>
+    <t>Chengdu (CHN)</t>
+  </si>
+  <si>
+    <t>7.1.2026</t>
+  </si>
+  <si>
+    <t>PUTOVÁNÍ ZA VÁNOČNÍ KOMETOU</t>
+  </si>
+  <si>
+    <t>HALA-ČÁSLAVSKÁ</t>
+  </si>
+  <si>
+    <t>28.2.2026</t>
+  </si>
+  <si>
+    <t>Brněnské kolo 2026</t>
+  </si>
+  <si>
+    <t>Hala Morenda</t>
+  </si>
+  <si>
+    <t>28.3.2026</t>
+  </si>
+  <si>
+    <t>Maravska Liga</t>
+  </si>
+  <si>
+    <t>Gymnastika Zlín z.s.</t>
+  </si>
+  <si>
+    <t>11.4.2026</t>
+  </si>
+  <si>
+    <t>Bučovice memoriál Petra Petržela a Antonína Součka</t>
+  </si>
+  <si>
+    <t>Liberecký pohár</t>
+  </si>
+  <si>
+    <t>22.6.-24.6.2026</t>
+  </si>
+  <si>
+    <t>LODM - Letní olympiáda dětí a mládeže</t>
+  </si>
+  <si>
+    <t>21.11.-22.11.2026</t>
+  </si>
+  <si>
+    <t>Memoriál Jana Gajdoše</t>
+  </si>
+  <si>
+    <t>25.1.2026</t>
+  </si>
+  <si>
+    <t>SGŽ  Školení rozhodčích III. třídy</t>
+  </si>
+  <si>
+    <t>30.1.-1.2.2026</t>
+  </si>
+  <si>
+    <t>SGŽ  Školení rozhodčích I. a  II. třídy, III. třídy</t>
+  </si>
+  <si>
+    <t>SGŽ Zkoušky III. třídy rozhodčích</t>
+  </si>
+  <si>
+    <t>Hlučín</t>
+  </si>
+  <si>
+    <t>13.2.-15.2.2026</t>
+  </si>
+  <si>
+    <t>5. tréninkový kemp - pro závodnice VS1A, VS2A, VS3A</t>
+  </si>
+  <si>
+    <t>Jojo Gym, Dobřichovice</t>
+  </si>
+  <si>
+    <t>17.1.2026</t>
+  </si>
+  <si>
+    <t>17.ročník Dobříšského čtyřboje dvojic</t>
+  </si>
+  <si>
+    <t>Pražská 711</t>
+  </si>
+  <si>
+    <t>24.1.2026</t>
+  </si>
+  <si>
+    <t>Memoriál Jana Palacha</t>
+  </si>
+  <si>
+    <t>Sokolovna Všetaty</t>
+  </si>
+  <si>
+    <t>Novoroční pohár</t>
+  </si>
+  <si>
+    <t>Frenštát pod Radhoštěm</t>
+  </si>
+  <si>
+    <t>15.2.2026</t>
+  </si>
+  <si>
+    <t>Memoriály SHP</t>
+  </si>
+  <si>
+    <t>Praha 9</t>
+  </si>
+  <si>
+    <t>21.2.2026</t>
+  </si>
+  <si>
+    <t>Zlatý Štít</t>
+  </si>
+  <si>
+    <t>Tělocvična GK Vítkovice</t>
+  </si>
+  <si>
+    <t>Vysokomýtský pohár</t>
+  </si>
+  <si>
+    <t>Sokolovna</t>
+  </si>
+  <si>
+    <t>6.3.2026</t>
+  </si>
+  <si>
+    <t>Porubský pohárek</t>
+  </si>
+  <si>
+    <t>Chebský pohár</t>
+  </si>
+  <si>
+    <t>tělocvična 1. ZŠ Cheb</t>
+  </si>
+  <si>
+    <t>Memoriál Evy Hýbalové</t>
+  </si>
+  <si>
+    <t>Sportovní hala Ostrožská Nová Ves</t>
+  </si>
+  <si>
+    <t>Poděbradská cvička - ženy</t>
+  </si>
+  <si>
+    <t>Pohár starostky města Frýdlantu nad Ostravicí</t>
+  </si>
+  <si>
+    <t>Sportovní hala Čeladná</t>
+  </si>
+  <si>
+    <t>Memoriál Heleny Kupkové</t>
+  </si>
+  <si>
+    <t>Tělocvična TJ Loko Pardubice</t>
+  </si>
+  <si>
+    <t>Pink Cup 2026</t>
+  </si>
+  <si>
+    <t>SH GK Vítkovice</t>
+  </si>
+  <si>
+    <t>Memoriál Miloše Bortla</t>
+  </si>
+  <si>
+    <t>Integrovaná střední škola</t>
+  </si>
+  <si>
+    <t>57. ročník Velké ceny města Hradec Králové</t>
+  </si>
+  <si>
+    <t>ZŠ Bezručova</t>
+  </si>
+  <si>
+    <t>Memoriál Evy Bosákové + závod VS0, VS1 a VS2</t>
+  </si>
+  <si>
+    <t>gymnastická hala SK Hradčany</t>
+  </si>
+  <si>
+    <t>Trhovosvinenský pohár 2026</t>
+  </si>
+  <si>
+    <t>Sportovní hala</t>
+  </si>
+  <si>
+    <t>Queen cup</t>
+  </si>
+  <si>
+    <t>Přebor města Ostravy</t>
+  </si>
+  <si>
+    <t>Hledáme nové talenty, Memoriál Olgy Effenbergrové a Memoriál Blanky Nejtkové</t>
+  </si>
+  <si>
+    <t>Pohár pražských věží</t>
+  </si>
+  <si>
+    <t>Gymnastické haly SK Hradčany</t>
+  </si>
+  <si>
+    <t>6.6.2026</t>
+  </si>
+  <si>
+    <t>SGC Mini Cup</t>
+  </si>
+  <si>
+    <t>Ostrava-Zábřeh</t>
+  </si>
+  <si>
+    <t>19.9.2026</t>
+  </si>
+  <si>
+    <t>Říčanské hvězdičky</t>
+  </si>
+  <si>
+    <t>10.10.2026</t>
+  </si>
+  <si>
+    <t>O Valašský Frgál</t>
+  </si>
+  <si>
+    <t>17.10.2026</t>
+  </si>
+  <si>
+    <t>Halloween Cup</t>
+  </si>
+  <si>
+    <t>7.11.2026</t>
+  </si>
+  <si>
+    <t>Memoriál Zuzany Hartlové</t>
+  </si>
+  <si>
+    <t>Pelhřimov</t>
+  </si>
+  <si>
+    <t>8.11.2026</t>
+  </si>
+  <si>
+    <t>Memoriál V. Medové</t>
+  </si>
+  <si>
+    <t>Praha - Žižkov</t>
+  </si>
+  <si>
+    <t>Klokánkova kapsa</t>
+  </si>
+  <si>
+    <t>Praha - Bohemians</t>
+  </si>
+  <si>
+    <t>13.12.2026</t>
+  </si>
+  <si>
+    <t>Váza Horních Počernic</t>
+  </si>
+  <si>
+    <t>TJ Sokol Horní Počernice</t>
+  </si>
+  <si>
+    <t>3.5.2026</t>
+  </si>
+  <si>
+    <t>Oblastní Přebor Prahy jednotlivkyň</t>
+  </si>
+  <si>
+    <t>Horní Počernice</t>
+  </si>
+  <si>
+    <t>Přebor Moravskoslezského kraje nepostupových kategorií VS0 mini, VS0A, VS0B, VS1B</t>
+  </si>
+  <si>
+    <t>Přebor Jihomoravského kraje</t>
+  </si>
+  <si>
+    <t>Sokol Brno 1</t>
+  </si>
+  <si>
+    <t>24.5.2026</t>
+  </si>
+  <si>
+    <t>Krajský přebor Libereckého kraje</t>
+  </si>
+  <si>
+    <t>Přebor Středočeského kraje jednotlivkyň</t>
+  </si>
+  <si>
+    <t>30.5.2026</t>
+  </si>
+  <si>
+    <t>Přebor Moravskoslezského kraje</t>
+  </si>
+  <si>
+    <t>Gymnastický klub Vítkovice, z.s.</t>
+  </si>
+  <si>
+    <t>31.5.2026</t>
+  </si>
+  <si>
+    <t>Přebor hl.m. Prahy jednotlivkyň</t>
+  </si>
+  <si>
+    <t>SGŽ Oblastní přebor ČOS Čechy</t>
+  </si>
+  <si>
+    <t>1.11.2026</t>
+  </si>
+  <si>
+    <t>SGŽ Oblastní Přebor Prahy jednotlivkyň a Přebor Prahy družstev III. LIGA</t>
+  </si>
+  <si>
+    <t>SGŽ Finále Přeboru ČOS</t>
+  </si>
+  <si>
+    <t>1.5.-2.5.2026</t>
+  </si>
+  <si>
+    <t>Memoriál Marie Široké - kvalifikační závod na MČR</t>
+  </si>
+  <si>
+    <t>Memoriál Věry Růžičkové-kvalifikační závod na MČR</t>
+  </si>
+  <si>
+    <t>TJ Sokol Brno I</t>
+  </si>
+  <si>
+    <t>Memoriál Miroslava Kojdeckého - kvalifikační závod na MČR</t>
+  </si>
+  <si>
+    <t>19.6.-21.6.2026</t>
+  </si>
+  <si>
+    <t>SGŽ Mistrovství ČR jednotlivkyň (VS)</t>
+  </si>
+  <si>
+    <t>23.10.-25.10.2026</t>
+  </si>
+  <si>
+    <t>Mistrovství ČR jednotlivkyň C</t>
+  </si>
+  <si>
+    <t>Louny</t>
+  </si>
+  <si>
+    <t>13.8.-16.8.2026</t>
+  </si>
+  <si>
+    <t>Soustředění  LODM 2026</t>
+  </si>
+  <si>
+    <t>Memoriál Vojtěcha Bražiny</t>
+  </si>
+  <si>
+    <t>1. kvalifikační závod LODM - KH kraj</t>
+  </si>
+  <si>
+    <t>Pardubice</t>
+  </si>
+  <si>
+    <t>1. Kvalifikační závod LODM Pardubický kraj</t>
+  </si>
+  <si>
+    <t>Sokolovna Pardubice</t>
+  </si>
+  <si>
+    <t>Pardubický pohár</t>
+  </si>
+  <si>
+    <t>2. kvalifikační závod LODM-KH kraj</t>
+  </si>
+  <si>
+    <t>Hradec Králové</t>
+  </si>
+  <si>
+    <t>Brnkačka 2026</t>
+  </si>
+  <si>
+    <t>Memoriál Jiřího Junka</t>
+  </si>
+  <si>
+    <t>Chropyňské kotól</t>
+  </si>
+  <si>
+    <t>Veselský pohár 2026</t>
+  </si>
+  <si>
+    <t>Veselí nad Lužnicí</t>
+  </si>
+  <si>
+    <t>Memoriál K. Parmy</t>
+  </si>
+  <si>
+    <t>TJ Slovan J. Hradec</t>
+  </si>
+  <si>
+    <t>Karvinský dvojboj</t>
+  </si>
+  <si>
+    <t>3.10.2026</t>
+  </si>
+  <si>
+    <t>Podzimní mini cup 2026</t>
+  </si>
+  <si>
+    <t>14.11.2026</t>
+  </si>
+  <si>
+    <t>Jindřichohradecká liga</t>
+  </si>
+  <si>
+    <t>9.1.-11.1.2026</t>
+  </si>
+  <si>
+    <t>Školení rozhodčích TeamGym - 1. část</t>
+  </si>
+  <si>
+    <t>24.1.-25.1.2026</t>
+  </si>
+  <si>
+    <t>Školení rozhodčích TeamGym - 2. část</t>
+  </si>
+  <si>
+    <t>21.2.-22.2.2026</t>
+  </si>
+  <si>
+    <t>Judges courses - online (1/2)</t>
+  </si>
+  <si>
+    <t>Online</t>
+  </si>
+  <si>
+    <t>20.3.-22.3.2026</t>
+  </si>
+  <si>
+    <t>Judges courses - in-person (2/2)</t>
+  </si>
+  <si>
+    <t>Berlin (GER)</t>
+  </si>
+  <si>
+    <t>31.1.2026</t>
+  </si>
+  <si>
+    <t>Jojo Cup 2026</t>
+  </si>
+  <si>
+    <t>Jojo Gym Dobřichovice</t>
+  </si>
+  <si>
+    <t>TG Baby cup Třebíč</t>
+  </si>
+  <si>
+    <t>Třebíč</t>
+  </si>
+  <si>
+    <t>TG Pohár města Ostravy!!! (ČP)</t>
+  </si>
+  <si>
+    <t>Pohár města Kadaně v Teamgymu</t>
+  </si>
+  <si>
+    <t>Sportovní hala Kadaň</t>
+  </si>
+  <si>
+    <t>Brněnský pohár (ČP)</t>
+  </si>
+  <si>
+    <t>13.6.2026</t>
+  </si>
+  <si>
+    <t>9.ročník Dobříšského poháru v TG</t>
+  </si>
+  <si>
+    <t>Sportovní Hala</t>
+  </si>
+  <si>
+    <t>20.6.2026</t>
+  </si>
+  <si>
+    <t>O pohár Prahy 6 s úsměvem</t>
+  </si>
+  <si>
+    <t>Tělocvičny ZŠ Červený vrch</t>
+  </si>
+  <si>
+    <t>Teamgym Cup Říčany</t>
+  </si>
+  <si>
+    <t>Centrum na Fialce Říčany</t>
+  </si>
+  <si>
+    <t>Pohár města Příbrami (ČP)</t>
+  </si>
+  <si>
+    <t>MISTROVSTVÍ ČR TEAMGYM (ČP)</t>
+  </si>
+  <si>
+    <t>Data Hala Zlín</t>
+  </si>
+  <si>
+    <t>21.3.-22.3.2026</t>
+  </si>
+  <si>
+    <t>TG International Cup of Clubs (CZE)</t>
+  </si>
+  <si>
+    <t>Plzeň</t>
+  </si>
+  <si>
+    <t>TG International Cup of Clubs (EST)</t>
+  </si>
+  <si>
+    <t>Tallinn (EST)</t>
+  </si>
+  <si>
+    <t>25.4.-26.4.2026</t>
+  </si>
+  <si>
+    <t>TG Bayern Open (GER)</t>
+  </si>
+  <si>
+    <t>Rothenburg, Germany</t>
+  </si>
+  <si>
+    <t>TG International Cup of Clubs (ITA)</t>
+  </si>
+  <si>
+    <t>Cesenatico (ITA)</t>
+  </si>
+  <si>
+    <t>17.1.-18.1.2026</t>
+  </si>
+  <si>
+    <t>TG Reprezentační sraz č.6 - příprava na ME 2026</t>
+  </si>
+  <si>
+    <t>TJ Bohemians Praha</t>
+  </si>
+  <si>
+    <t>28.2.-1.3.2026</t>
+  </si>
+  <si>
+    <t>TG Reprezentační sraz č.7 - příprava na ME 2026</t>
+  </si>
+  <si>
+    <t>TG Reprezentační sraz č.8 - příprava na ME 2026</t>
+  </si>
+  <si>
+    <t>TG Reprezentační sraz č.9 - příprava na ME 2026</t>
+  </si>
+  <si>
+    <t>23.5.-24.5.2026</t>
+  </si>
+  <si>
+    <t>TG Reprezentační sraz č.10 - příprava na ME 2026</t>
+  </si>
+  <si>
+    <t>Dobřichovice</t>
+  </si>
+  <si>
+    <t>13.6.-14.6.2026</t>
+  </si>
+  <si>
+    <t>TG Reprezentační sraz č.11 - příprava na ME 2026</t>
+  </si>
+  <si>
+    <t>29.8.-30.8.2026</t>
+  </si>
+  <si>
+    <t>TG Reprezentační sraz - příprava na ME 2026</t>
+  </si>
+  <si>
+    <t>12.9.-13.9.2026</t>
+  </si>
+  <si>
+    <t>10.10.-11.10.2026</t>
+  </si>
+  <si>
+    <t>14.10.-17.10.2026</t>
+  </si>
+  <si>
+    <t>MISTROVSTVÍ EVROPY TEAMGYM</t>
+  </si>
+  <si>
+    <t>Espoo (FIN)</t>
+  </si>
+  <si>
+    <t>14.2.-15.2.2026</t>
+  </si>
+  <si>
+    <t>TG Výcvikový tábor č.1 – nižší výkonnostní úroveň</t>
+  </si>
+  <si>
+    <t>3. ročník Napoleon Cup TeamGym 2026</t>
+  </si>
+  <si>
+    <t>Slavkov u Brna</t>
+  </si>
+  <si>
+    <t>TG Výcvikový tábor č.2 – základní výkonnostní úroveň</t>
+  </si>
+  <si>
+    <t>Vyšehradský pohár</t>
+  </si>
+  <si>
+    <t>T.J. Sokol Vyšehrad</t>
+  </si>
+  <si>
+    <t>10.1.-11.1.2026</t>
+  </si>
+  <si>
+    <t>TRA Školení trenérů skoků na trampolíně 3. třídy - 1. část</t>
+  </si>
+  <si>
+    <t>Praha - Sokol Podolí</t>
+  </si>
+  <si>
+    <t>TRA Školení trenérů skoků na trampolíně 3. třídy - 2. část</t>
+  </si>
+  <si>
+    <t>Praha - Kampa</t>
+  </si>
+  <si>
+    <t>18.4.2026</t>
+  </si>
+  <si>
+    <t>TRA 1. Český pohár</t>
+  </si>
+  <si>
+    <t>TRA 2. Český pohár</t>
+  </si>
+  <si>
+    <t>Odolena Voda</t>
+  </si>
+  <si>
+    <t>19.9.-20.9.2026</t>
+  </si>
+  <si>
+    <t>TRA 3. Český pohár</t>
+  </si>
+  <si>
+    <t>Rožnov pod Radhoštěm</t>
+  </si>
+  <si>
+    <t>24.10.2026</t>
+  </si>
+  <si>
+    <t>TRA 4. Český pohár</t>
+  </si>
+  <si>
+    <t>TRA Přebor Moravy - kvalifikace ODM</t>
+  </si>
+  <si>
+    <t>Olomouc</t>
+  </si>
+  <si>
+    <t>TRA Mistrovství ČR</t>
+  </si>
+  <si>
+    <t>TRA Mistrovství ČR DMT</t>
+  </si>
+  <si>
+    <t>25.10.2026</t>
+  </si>
+  <si>
+    <t>TRA Mistrovství ČR družstev</t>
+  </si>
+  <si>
+    <t>TRA Mistrovství ČR žactva</t>
+  </si>
+  <si>
+    <t>TRA Dutch Trampoline Open</t>
+  </si>
+  <si>
+    <t>Alkmaar, NED</t>
+  </si>
+  <si>
+    <t>1.5.-3.5.2026</t>
+  </si>
+  <si>
+    <t>TRA 11. Cacais Beach Cup</t>
+  </si>
+  <si>
+    <t>Carcavelos POR</t>
+  </si>
+  <si>
+    <t>15.5.-17.5.2026</t>
+  </si>
+  <si>
+    <t>TRA 40. Frivolten Cup</t>
+  </si>
+  <si>
+    <t>Herrljunga SWE</t>
+  </si>
+  <si>
+    <t>TRA Beskidy Cup</t>
+  </si>
+  <si>
+    <t>Wilkowice, POL</t>
+  </si>
+  <si>
+    <t>24.6.-28.6.2026</t>
+  </si>
+  <si>
+    <t>TRA 53. Nissen Cup</t>
+  </si>
+  <si>
+    <t>Arosa, SUI</t>
+  </si>
+  <si>
+    <t>2.7.-6.7.2026</t>
+  </si>
+  <si>
+    <t>TRA Coimbra Gym Fest</t>
+  </si>
+  <si>
+    <t>Coimbra, POR</t>
+  </si>
+  <si>
+    <t>9.7.-11.7.2026</t>
+  </si>
+  <si>
+    <t>TRA Scalabis Cup</t>
+  </si>
+  <si>
+    <t>Santarém, POR</t>
+  </si>
+  <si>
+    <t>23.8.-29.8.2026</t>
+  </si>
+  <si>
+    <t>TRA Simply the best camp TRA/TUM/DMT</t>
+  </si>
+  <si>
+    <t>Foinicas, GRE</t>
+  </si>
+  <si>
+    <t>29.8.-4.9.2026</t>
+  </si>
+  <si>
+    <t>TRA Slovak Trampoline Open</t>
+  </si>
+  <si>
+    <t>Bratislava, SVK</t>
+  </si>
+  <si>
+    <t>19.2.-23.2.2026</t>
+  </si>
+  <si>
+    <t>TRA Závod Světového poháru AZE</t>
+  </si>
+  <si>
+    <t>Baku, AZE</t>
+  </si>
+  <si>
+    <t>10.3.-14.3.2026</t>
+  </si>
+  <si>
+    <t>TRA Závod Světového poháru NED</t>
+  </si>
+  <si>
+    <t>4.4.-5.4.2026</t>
+  </si>
+  <si>
+    <t>TRA Výcvikový tábor repre přípravný</t>
+  </si>
+  <si>
+    <t>6.4.-13.4.2026</t>
+  </si>
+  <si>
+    <t>TRA Mistrovství Evropy</t>
+  </si>
+  <si>
+    <t>Portimao, POR</t>
+  </si>
+  <si>
+    <t>TRA Závod Světového poháru SUI</t>
+  </si>
+  <si>
+    <t>TRA Závod Světového poháru POR</t>
+  </si>
+  <si>
+    <t>25.7.-1.8.2026</t>
+  </si>
+  <si>
+    <t>TRA Tréninkový kemp European Gymnastics</t>
+  </si>
+  <si>
+    <t>Sangalhos, Anadia, POR</t>
+  </si>
+  <si>
+    <t>28.8.-30.8.2026</t>
+  </si>
+  <si>
+    <t>TRA Výcvikový tábor repre - národní soustředění</t>
+  </si>
+  <si>
+    <t>30.9.-5.10.2026</t>
+  </si>
+  <si>
+    <t>TRA Závod Světového poháru ITA</t>
+  </si>
+  <si>
+    <t>Riccione, ITA</t>
+  </si>
+  <si>
+    <t>8.10.-10.10.2026</t>
+  </si>
+  <si>
+    <t>TRA 53. Mezinárodní závod Přátelství</t>
   </si>
   <si>
     <t>Jablonec nad Nisou</t>
   </si>
   <si>
-    <t>18.10.-19.10.2025</t>
-[...2528 lines deleted...]
-    <t>TRA GymCity Open</t>
+    <t>15.10.-19.10.2026</t>
+  </si>
+  <si>
+    <t>TRA Závod Světového poháru GER</t>
   </si>
   <si>
     <t>Cottbus, GER</t>
   </si>
   <si>
-    <t>TRA Beskidy Cup</t>
-[...101 lines deleted...]
-    <t>6.11.-9.11.2025</t>
+    <t>1.11.-9.11.2026</t>
   </si>
   <si>
     <t>TRA Mistrovství světa</t>
   </si>
   <si>
-    <t>Pamplona, ESP</t>
+    <t>Nanjing, CHN</t>
+  </si>
+  <si>
+    <t>8.11.-16.11.2026</t>
   </si>
   <si>
     <t>TRA Mistrovství světa juniorů a Světové hry mládeže WAGC</t>
   </si>
   <si>
-    <t>tbd</t>
-[...47 lines deleted...]
-    <t>11.1.2025</t>
+    <t>10.1.2026</t>
   </si>
   <si>
     <t>TRA Valná hromada TRA</t>
   </si>
   <si>
-    <t>TRA 1. soustředění JME 2026</t>
-[...11 lines deleted...]
-    <t>TRA Závod O libereckého skokana</t>
+    <t>TRA Testování talentované mládeže Čechy</t>
+  </si>
+  <si>
+    <t>TRA Testování talentované mládeže Morava</t>
+  </si>
+  <si>
+    <t>TRA Kvalifikační soutěž ODM</t>
+  </si>
+  <si>
+    <t>TRA Podještědský Double (DMT)</t>
+  </si>
+  <si>
+    <t>1.3.2026</t>
+  </si>
+  <si>
+    <t>TRA Závod DMT</t>
+  </si>
+  <si>
+    <t>TRA 8. Trampolínový ples</t>
+  </si>
+  <si>
+    <t>TRA Závod O libereckého skokana - kvalifikace ODM</t>
   </si>
   <si>
     <t>TRA Triangle Trampoline Open</t>
   </si>
   <si>
-    <t>TRA 7. Trampolínový ples</t>
-[...5 lines deleted...]
-    <t>TRA Podještědský Double (DMT)</t>
+    <t>TRA 5. Pražský kolibřík - kvalifikace ODM</t>
+  </si>
+  <si>
+    <t>19.4.2026</t>
+  </si>
+  <si>
+    <t>TRA Kvalifikační závod ODM</t>
+  </si>
+  <si>
+    <t>TRA Český závod věkových skupin</t>
+  </si>
+  <si>
+    <t>Litoměřice</t>
+  </si>
+  <si>
+    <t>TRA Litoměřický kalich - kvalifikace ODM</t>
+  </si>
+  <si>
+    <t>17.5.2026</t>
+  </si>
+  <si>
+    <t>TRA Vodolský Klokan - kvalifikace ODM</t>
+  </si>
+  <si>
+    <t>7.6.2026</t>
   </si>
   <si>
     <t>TRA Zlatý Radegast - Memoriál Jindřicha Kozubka</t>
   </si>
   <si>
-    <t>11.5.2025</t>
-[...31 lines deleted...]
-  <si>
     <t>TRA Podzvičinský skokánek</t>
   </si>
   <si>
     <t>Dvůr Králové nad Labem</t>
   </si>
   <si>
+    <t>21.11.2026</t>
+  </si>
+  <si>
     <t>TRA Čakovická blecha</t>
   </si>
   <si>
     <t>Praha - Čakovice</t>
   </si>
   <si>
-    <t>TRA 4. soustředění JME 2026</t>
-[...14 lines deleted...]
-    <t>World Gym for Life Challenge</t>
+    <t>9.1.2027</t>
+  </si>
+  <si>
+    <t>16.1.-18.1.2026</t>
+  </si>
+  <si>
+    <t>Kemp VG</t>
+  </si>
+  <si>
+    <t>11.7.2026</t>
+  </si>
+  <si>
+    <t>European Gym for Life Challenge</t>
+  </si>
+  <si>
+    <t>Pistoia (ITA)</t>
+  </si>
+  <si>
+    <t>12.7.-16.7.2026</t>
+  </si>
+  <si>
+    <t>EUROGYM 2026</t>
+  </si>
+  <si>
+    <t>4.10.-9.10.2026</t>
+  </si>
+  <si>
+    <t>Golden Age Gym Festival</t>
+  </si>
+  <si>
+    <t>Les Sables d´ Olonne (FRA)</t>
+  </si>
+  <si>
+    <t>11.7.-17.7.2027</t>
+  </si>
+  <si>
+    <t>Světová gymnaestráda 2027</t>
   </si>
   <si>
     <t>Lisabon (POR)</t>
-  </si>
-[...43 lines deleted...]
-    <t>Kongres European Gymnastics</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2995,51 +1571,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3287,92 +1863,88 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z39"/>
+  <dimension ref="A1:Z16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="20" customWidth="true" style="0"/>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -3385,8573 +1957,4036 @@
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="C7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" t="s">
         <v>24</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
+        <v>25</v>
+      </c>
+      <c r="B9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" t="s">
         <v>26</v>
       </c>
-      <c r="B9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" t="s">
         <v>29</v>
       </c>
-      <c r="B10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>30</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
+        <v>33</v>
+      </c>
+      <c r="B12" t="s">
         <v>34</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>35</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
+        <v>36</v>
+      </c>
+      <c r="B13" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13" t="s">
         <v>37</v>
       </c>
-      <c r="B13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C14" t="s">
         <v>40</v>
       </c>
-      <c r="B14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B15" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="C15" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B16" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C16" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
-[...413 lines deleted...]
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z15"/>
+  <dimension ref="A1:Z4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="20" customWidth="true" style="0"/>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
-        <v>109</v>
+        <v>46</v>
       </c>
       <c r="B2" t="s">
-        <v>110</v>
+        <v>47</v>
       </c>
       <c r="C2" t="s">
-        <v>111</v>
+        <v>48</v>
       </c>
       <c r="D2" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
-        <v>112</v>
+        <v>49</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>50</v>
       </c>
       <c r="C3" t="s">
-        <v>114</v>
+        <v>48</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
-        <v>115</v>
+        <v>51</v>
       </c>
       <c r="B4" t="s">
-        <v>116</v>
+        <v>52</v>
       </c>
       <c r="C4" t="s">
-        <v>6</v>
+        <v>53</v>
       </c>
       <c r="D4" t="s">
-        <v>28</v>
-[...153 lines deleted...]
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z30"/>
+  <dimension ref="A1:Z4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="20" customWidth="true" style="0"/>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
-        <v>147</v>
+        <v>54</v>
       </c>
       <c r="B2" t="s">
-        <v>148</v>
+        <v>55</v>
       </c>
       <c r="C2" t="s">
-        <v>149</v>
+        <v>35</v>
       </c>
       <c r="D2" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
-        <v>150</v>
+        <v>57</v>
       </c>
       <c r="B3" t="s">
-        <v>151</v>
+        <v>58</v>
       </c>
       <c r="C3" t="s">
-        <v>152</v>
+        <v>59</v>
       </c>
       <c r="D3" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
-        <v>153</v>
+        <v>60</v>
       </c>
       <c r="B4" t="s">
-        <v>154</v>
+        <v>61</v>
       </c>
       <c r="C4" t="s">
-        <v>155</v>
+        <v>62</v>
       </c>
       <c r="D4" t="s">
-        <v>7</v>
-[...361 lines deleted...]
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z128"/>
+  <dimension ref="A1:Z50"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="20" customWidth="true" style="0"/>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
-        <v>219</v>
+        <v>63</v>
       </c>
       <c r="B2" t="s">
-        <v>220</v>
+        <v>64</v>
       </c>
       <c r="C2" t="s">
-        <v>221</v>
+        <v>65</v>
       </c>
       <c r="D2" t="s">
-        <v>7</v>
+        <v>66</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="B3" t="s">
-        <v>222</v>
+        <v>68</v>
       </c>
       <c r="C3" t="s">
-        <v>160</v>
+        <v>29</v>
       </c>
       <c r="D3" t="s">
-        <v>7</v>
+        <v>66</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
-        <v>223</v>
+        <v>69</v>
       </c>
       <c r="B4" t="s">
-        <v>222</v>
+        <v>70</v>
       </c>
       <c r="C4" t="s">
-        <v>6</v>
+        <v>71</v>
       </c>
       <c r="D4" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
-        <v>109</v>
+        <v>72</v>
       </c>
       <c r="B5" t="s">
-        <v>110</v>
+        <v>73</v>
       </c>
       <c r="C5" t="s">
-        <v>111</v>
+        <v>74</v>
       </c>
       <c r="D5" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
-        <v>224</v>
+        <v>75</v>
       </c>
       <c r="B6" t="s">
-        <v>225</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="C6"/>
       <c r="D6" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
-        <v>227</v>
+        <v>77</v>
       </c>
       <c r="B7" t="s">
-        <v>228</v>
+        <v>78</v>
       </c>
       <c r="C7" t="s">
-        <v>160</v>
+        <v>79</v>
       </c>
       <c r="D7" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="B8" t="s">
-        <v>228</v>
+        <v>81</v>
       </c>
       <c r="C8" t="s">
-        <v>6</v>
+        <v>82</v>
       </c>
       <c r="D8" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
-        <v>229</v>
+        <v>83</v>
       </c>
       <c r="B9" t="s">
-        <v>230</v>
+        <v>84</v>
       </c>
       <c r="C9" t="s">
-        <v>231</v>
+        <v>85</v>
       </c>
       <c r="D9" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>86</v>
       </c>
       <c r="B10" t="s">
-        <v>232</v>
+        <v>87</v>
       </c>
       <c r="C10" t="s">
-        <v>233</v>
+        <v>79</v>
       </c>
       <c r="D10" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
-        <v>234</v>
+        <v>89</v>
       </c>
       <c r="C11" t="s">
-        <v>6</v>
+        <v>90</v>
       </c>
       <c r="D11" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
-        <v>235</v>
+        <v>91</v>
       </c>
       <c r="B12" t="s">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="C12"/>
       <c r="D12" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
-        <v>125</v>
+        <v>93</v>
       </c>
       <c r="B13" t="s">
-        <v>238</v>
+        <v>94</v>
       </c>
       <c r="C13" t="s">
-        <v>239</v>
+        <v>95</v>
       </c>
       <c r="D13" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
-        <v>240</v>
+        <v>96</v>
       </c>
       <c r="B14" t="s">
-        <v>241</v>
+        <v>97</v>
       </c>
       <c r="C14" t="s">
-        <v>239</v>
+        <v>90</v>
       </c>
       <c r="D14" t="s">
-        <v>7</v>
+        <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
-        <v>242</v>
+        <v>80</v>
       </c>
       <c r="B15" t="s">
-        <v>243</v>
+        <v>99</v>
       </c>
       <c r="C15" t="s">
-        <v>244</v>
+        <v>90</v>
       </c>
       <c r="D15" t="s">
-        <v>7</v>
+        <v>98</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
-        <v>245</v>
+        <v>80</v>
       </c>
       <c r="B16" t="s">
-        <v>246</v>
+        <v>100</v>
       </c>
       <c r="C16" t="s">
-        <v>237</v>
+        <v>101</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
-        <v>247</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>248</v>
+        <v>102</v>
       </c>
       <c r="C17" t="s">
-        <v>249</v>
+        <v>101</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
-        <v>247</v>
+        <v>103</v>
       </c>
       <c r="B18" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="C18"/>
+        <v>104</v>
+      </c>
+      <c r="C18" t="s">
+        <v>105</v>
+      </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
-        <v>251</v>
+        <v>54</v>
       </c>
       <c r="B19" t="s">
-        <v>252</v>
+        <v>106</v>
       </c>
       <c r="C19" t="s">
-        <v>253</v>
+        <v>107</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
-        <v>122</v>
+        <v>54</v>
       </c>
       <c r="B20" t="s">
-        <v>254</v>
+        <v>108</v>
       </c>
       <c r="C20" t="s">
-        <v>255</v>
+        <v>109</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="B21" t="s">
-        <v>256</v>
+        <v>111</v>
       </c>
       <c r="C21" t="s">
-        <v>257</v>
+        <v>79</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
-        <v>258</v>
+        <v>112</v>
       </c>
       <c r="B22" t="s">
-        <v>259</v>
+        <v>113</v>
       </c>
       <c r="C22" t="s">
-        <v>260</v>
+        <v>35</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
-        <v>86</v>
+        <v>114</v>
       </c>
       <c r="B23" t="s">
-        <v>261</v>
+        <v>115</v>
       </c>
       <c r="C23" t="s">
-        <v>262</v>
+        <v>116</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
-        <v>166</v>
+        <v>118</v>
       </c>
       <c r="B24" t="s">
-        <v>263</v>
+        <v>119</v>
       </c>
       <c r="C24" t="s">
-        <v>264</v>
+        <v>120</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s">
-        <v>18</v>
+        <v>121</v>
       </c>
       <c r="B25" t="s">
-        <v>265</v>
+        <v>122</v>
       </c>
       <c r="C25" t="s">
-        <v>266</v>
+        <v>123</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
-        <v>267</v>
+        <v>124</v>
       </c>
       <c r="B26" t="s">
-        <v>268</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="C26"/>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
-        <v>169</v>
+        <v>126</v>
       </c>
       <c r="B27" t="s">
-        <v>270</v>
+        <v>127</v>
       </c>
       <c r="C27" t="s">
-        <v>271</v>
+        <v>128</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
-        <v>272</v>
+        <v>129</v>
       </c>
       <c r="B28" t="s">
-        <v>273</v>
+        <v>130</v>
       </c>
       <c r="C28" t="s">
-        <v>274</v>
+        <v>131</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
-        <v>275</v>
+        <v>132</v>
       </c>
       <c r="B29" t="s">
-        <v>276</v>
+        <v>133</v>
       </c>
       <c r="C29" t="s">
-        <v>257</v>
+        <v>134</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
-        <v>277</v>
+        <v>135</v>
       </c>
       <c r="B30" t="s">
-        <v>278</v>
+        <v>136</v>
       </c>
       <c r="C30" t="s">
-        <v>111</v>
+        <v>137</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
-        <v>125</v>
+        <v>138</v>
       </c>
       <c r="B31" t="s">
-        <v>279</v>
+        <v>139</v>
       </c>
       <c r="C31" t="s">
-        <v>280</v>
+        <v>140</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" t="s">
-        <v>240</v>
+        <v>141</v>
       </c>
       <c r="B32" t="s">
-        <v>281</v>
+        <v>142</v>
       </c>
       <c r="C32" t="s">
-        <v>282</v>
+        <v>143</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" t="s">
-        <v>217</v>
+        <v>144</v>
       </c>
       <c r="B33" t="s">
-        <v>283</v>
+        <v>145</v>
       </c>
       <c r="C33" t="s">
-        <v>284</v>
+        <v>146</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
-        <v>285</v>
+        <v>147</v>
       </c>
       <c r="B34" t="s">
-        <v>286</v>
+        <v>148</v>
       </c>
       <c r="C34" t="s">
-        <v>287</v>
+        <v>149</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
-        <v>288</v>
+        <v>150</v>
       </c>
       <c r="B35" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="C35"/>
+        <v>151</v>
+      </c>
+      <c r="C35" t="s">
+        <v>152</v>
+      </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
-        <v>290</v>
+        <v>153</v>
       </c>
       <c r="B36" t="s">
-        <v>291</v>
+        <v>154</v>
       </c>
       <c r="C36" t="s">
-        <v>292</v>
+        <v>155</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
-        <v>293</v>
+        <v>156</v>
       </c>
       <c r="B37" t="s">
-        <v>294</v>
+        <v>157</v>
       </c>
       <c r="C37" t="s">
-        <v>102</v>
+        <v>158</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
-        <v>295</v>
+        <v>159</v>
       </c>
       <c r="B38" t="s">
-        <v>246</v>
+        <v>160</v>
       </c>
       <c r="C38" t="s">
-        <v>237</v>
+        <v>161</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
-        <v>296</v>
+        <v>162</v>
       </c>
       <c r="B39" t="s">
-        <v>256</v>
+        <v>163</v>
       </c>
       <c r="C39" t="s">
-        <v>257</v>
+        <v>164</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
-        <v>297</v>
+        <v>165</v>
       </c>
       <c r="B40" t="s">
-        <v>276</v>
+        <v>166</v>
       </c>
       <c r="C40" t="s">
-        <v>257</v>
+        <v>167</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
-        <v>86</v>
+        <v>168</v>
       </c>
       <c r="B41" t="s">
-        <v>298</v>
+        <v>169</v>
       </c>
       <c r="C41" t="s">
-        <v>282</v>
+        <v>170</v>
       </c>
       <c r="D41" t="s">
-        <v>299</v>
+        <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
-        <v>86</v>
+        <v>51</v>
       </c>
       <c r="B42" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="C42" t="s">
-        <v>301</v>
+        <v>170</v>
       </c>
       <c r="D42" t="s">
-        <v>299</v>
+        <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
-        <v>86</v>
+        <v>172</v>
       </c>
       <c r="B43" t="s">
-        <v>302</v>
+        <v>173</v>
       </c>
       <c r="C43" t="s">
-        <v>160</v>
+        <v>174</v>
       </c>
       <c r="D43" t="s">
-        <v>299</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="B44" t="s">
-        <v>303</v>
+        <v>176</v>
       </c>
       <c r="C44" t="s">
-        <v>304</v>
+        <v>177</v>
       </c>
       <c r="D44" t="s">
-        <v>299</v>
+        <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
-        <v>305</v>
+        <v>178</v>
       </c>
       <c r="B45" t="s">
-        <v>306</v>
+        <v>179</v>
       </c>
       <c r="C45" t="s">
-        <v>111</v>
+        <v>180</v>
       </c>
       <c r="D45" t="s">
-        <v>299</v>
+        <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" t="s">
-        <v>166</v>
+        <v>181</v>
       </c>
       <c r="B46" t="s">
-        <v>307</v>
+        <v>182</v>
       </c>
       <c r="C46" t="s">
-        <v>160</v>
+        <v>183</v>
       </c>
       <c r="D46" t="s">
-        <v>299</v>
+        <v>21</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
-        <v>308</v>
+        <v>184</v>
       </c>
       <c r="B47" t="s">
-        <v>309</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="C47"/>
       <c r="D47" t="s">
-        <v>299</v>
+        <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s">
-        <v>308</v>
+        <v>80</v>
       </c>
       <c r="B48" t="s">
-        <v>311</v>
+        <v>186</v>
       </c>
       <c r="C48" t="s">
-        <v>257</v>
+        <v>107</v>
       </c>
       <c r="D48" t="s">
-        <v>299</v>
+        <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s">
-        <v>96</v>
+        <v>187</v>
       </c>
       <c r="B49" t="s">
-        <v>312</v>
+        <v>188</v>
       </c>
       <c r="C49" t="s">
-        <v>313</v>
+        <v>35</v>
       </c>
       <c r="D49" t="s">
-        <v>299</v>
+        <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s">
-        <v>96</v>
+        <v>189</v>
       </c>
       <c r="B50" t="s">
-        <v>314</v>
+        <v>190</v>
       </c>
       <c r="C50" t="s">
-        <v>315</v>
+        <v>101</v>
       </c>
       <c r="D50" t="s">
-        <v>299</v>
-[...1079 lines deleted...]
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z225"/>
+  <dimension ref="A1:Z94"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="20" customWidth="true" style="0"/>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
-        <v>219</v>
+        <v>63</v>
       </c>
       <c r="B2" t="s">
-        <v>220</v>
+        <v>64</v>
       </c>
       <c r="C2" t="s">
-        <v>221</v>
+        <v>65</v>
       </c>
       <c r="D2" t="s">
-        <v>7</v>
+        <v>66</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
-        <v>472</v>
+        <v>191</v>
       </c>
       <c r="B3" t="s">
-        <v>473</v>
+        <v>192</v>
       </c>
       <c r="C3" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="D3" t="s">
-        <v>7</v>
+        <v>66</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
-        <v>474</v>
+        <v>193</v>
       </c>
       <c r="B4" t="s">
-        <v>475</v>
+        <v>194</v>
       </c>
       <c r="C4" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="D4" t="s">
-        <v>7</v>
+        <v>66</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
-        <v>476</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>477</v>
+        <v>195</v>
       </c>
       <c r="C5" t="s">
-        <v>6</v>
+        <v>196</v>
       </c>
       <c r="D5" t="s">
-        <v>7</v>
+        <v>66</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
-        <v>476</v>
+        <v>197</v>
       </c>
       <c r="B6" t="s">
-        <v>234</v>
+        <v>198</v>
       </c>
       <c r="C6" t="s">
-        <v>478</v>
+        <v>199</v>
       </c>
       <c r="D6" t="s">
-        <v>7</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
-        <v>479</v>
+        <v>67</v>
       </c>
       <c r="B7" t="s">
-        <v>480</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
       <c r="D7" t="s">
-        <v>7</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
-        <v>481</v>
+        <v>200</v>
       </c>
       <c r="B8" t="s">
-        <v>477</v>
+        <v>201</v>
       </c>
       <c r="C8" t="s">
-        <v>482</v>
+        <v>202</v>
       </c>
       <c r="D8" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
-        <v>445</v>
+        <v>203</v>
       </c>
       <c r="B9" t="s">
-        <v>480</v>
+        <v>204</v>
       </c>
       <c r="C9" t="s">
-        <v>160</v>
+        <v>205</v>
       </c>
       <c r="D9" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
-        <v>245</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
-        <v>480</v>
+        <v>206</v>
       </c>
       <c r="C10" t="s">
-        <v>482</v>
+        <v>207</v>
       </c>
       <c r="D10" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
-        <v>245</v>
+        <v>208</v>
       </c>
       <c r="B11" t="s">
-        <v>480</v>
+        <v>209</v>
       </c>
       <c r="C11" t="s">
-        <v>478</v>
+        <v>210</v>
       </c>
       <c r="D11" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
-        <v>112</v>
+        <v>211</v>
       </c>
       <c r="B12" t="s">
-        <v>480</v>
+        <v>212</v>
       </c>
       <c r="C12" t="s">
-        <v>483</v>
+        <v>213</v>
       </c>
       <c r="D12" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
-        <v>112</v>
+        <v>178</v>
       </c>
       <c r="B13" t="s">
-        <v>480</v>
+        <v>214</v>
       </c>
       <c r="C13" t="s">
-        <v>6</v>
+        <v>215</v>
       </c>
       <c r="D13" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
-        <v>112</v>
+        <v>216</v>
       </c>
       <c r="B14" t="s">
-        <v>480</v>
+        <v>217</v>
       </c>
       <c r="C14" t="s">
-        <v>484</v>
+        <v>65</v>
       </c>
       <c r="D14" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
-        <v>485</v>
+        <v>69</v>
       </c>
       <c r="B15" t="s">
-        <v>480</v>
+        <v>70</v>
       </c>
       <c r="C15" t="s">
-        <v>108</v>
+        <v>71</v>
       </c>
       <c r="D15" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
-        <v>485</v>
+        <v>69</v>
       </c>
       <c r="B16" t="s">
-        <v>480</v>
+        <v>218</v>
       </c>
       <c r="C16" t="s">
-        <v>310</v>
+        <v>219</v>
       </c>
       <c r="D16" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
-        <v>247</v>
+        <v>22</v>
       </c>
       <c r="B17" t="s">
-        <v>480</v>
+        <v>220</v>
       </c>
       <c r="C17" t="s">
-        <v>486</v>
+        <v>221</v>
       </c>
       <c r="D17" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
-        <v>109</v>
+        <v>22</v>
       </c>
       <c r="B18" t="s">
-        <v>110</v>
+        <v>222</v>
       </c>
       <c r="C18" t="s">
-        <v>111</v>
+        <v>74</v>
       </c>
       <c r="D18" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="B19" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
       <c r="C19" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="D19" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="B20" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="C20" t="s">
-        <v>6</v>
+        <v>226</v>
       </c>
       <c r="D20" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
-        <v>487</v>
+        <v>181</v>
       </c>
       <c r="B21" t="s">
-        <v>488</v>
+        <v>227</v>
       </c>
       <c r="C21" t="s">
-        <v>6</v>
+        <v>228</v>
       </c>
       <c r="D21" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
-        <v>240</v>
+        <v>181</v>
       </c>
       <c r="B22" t="s">
-        <v>488</v>
+        <v>229</v>
       </c>
       <c r="C22" t="s">
-        <v>489</v>
+        <v>230</v>
       </c>
       <c r="D22" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
-        <v>240</v>
+        <v>181</v>
       </c>
       <c r="B23" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="C23" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="D23" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
-        <v>242</v>
+        <v>184</v>
       </c>
       <c r="B24" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="C24" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="D24" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s">
-        <v>490</v>
+        <v>184</v>
       </c>
       <c r="B25" t="s">
-        <v>491</v>
+        <v>235</v>
       </c>
       <c r="C25" t="s">
-        <v>492</v>
+        <v>236</v>
       </c>
       <c r="D25" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
-        <v>493</v>
+        <v>184</v>
       </c>
       <c r="B26" t="s">
-        <v>494</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="C26"/>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
-        <v>495</v>
+        <v>75</v>
       </c>
       <c r="B27" t="s">
-        <v>496</v>
-[...3 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="C27"/>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
-        <v>498</v>
+        <v>77</v>
       </c>
       <c r="B28" t="s">
-        <v>499</v>
+        <v>78</v>
       </c>
       <c r="C28" t="s">
-        <v>500</v>
+        <v>79</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
-        <v>498</v>
+        <v>80</v>
       </c>
       <c r="B29" t="s">
-        <v>501</v>
+        <v>81</v>
       </c>
       <c r="C29" t="s">
-        <v>502</v>
+        <v>82</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
-        <v>503</v>
+        <v>80</v>
       </c>
       <c r="B30" t="s">
-        <v>504</v>
+        <v>238</v>
       </c>
       <c r="C30" t="s">
-        <v>328</v>
+        <v>228</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
-        <v>505</v>
+        <v>36</v>
       </c>
       <c r="B31" t="s">
-        <v>506</v>
+        <v>239</v>
       </c>
       <c r="C31" t="s">
-        <v>507</v>
+        <v>90</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" t="s">
-        <v>445</v>
+        <v>54</v>
       </c>
       <c r="B32" t="s">
-        <v>508</v>
+        <v>240</v>
       </c>
       <c r="C32" t="s">
-        <v>509</v>
+        <v>241</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" t="s">
-        <v>445</v>
+        <v>242</v>
       </c>
       <c r="B33" t="s">
-        <v>510</v>
+        <v>243</v>
       </c>
       <c r="C33" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
-        <v>112</v>
+        <v>245</v>
       </c>
       <c r="B34" t="s">
-        <v>511</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="C34"/>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
-        <v>112</v>
+        <v>86</v>
       </c>
       <c r="B35" t="s">
-        <v>113</v>
+        <v>87</v>
       </c>
       <c r="C35" t="s">
-        <v>114</v>
+        <v>79</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
-        <v>485</v>
+        <v>247</v>
       </c>
       <c r="B36" t="s">
-        <v>513</v>
+        <v>248</v>
       </c>
       <c r="C36" t="s">
-        <v>514</v>
+        <v>230</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
-        <v>485</v>
+        <v>249</v>
       </c>
       <c r="B37" t="s">
-        <v>515</v>
+        <v>250</v>
       </c>
       <c r="C37" t="s">
-        <v>512</v>
+        <v>32</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
-        <v>485</v>
+        <v>251</v>
       </c>
       <c r="B38" t="s">
-        <v>516</v>
+        <v>252</v>
       </c>
       <c r="C38" t="s">
-        <v>517</v>
+        <v>253</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="B39" t="s">
-        <v>518</v>
+        <v>255</v>
       </c>
       <c r="C39" t="s">
-        <v>519</v>
+        <v>256</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
-        <v>247</v>
+        <v>91</v>
       </c>
       <c r="B40" t="s">
-        <v>520</v>
+        <v>92</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
-        <v>247</v>
+        <v>91</v>
       </c>
       <c r="B41" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="C41"/>
+        <v>257</v>
+      </c>
+      <c r="C41" t="s">
+        <v>258</v>
+      </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
-        <v>247</v>
+        <v>259</v>
       </c>
       <c r="B42" t="s">
-        <v>521</v>
+        <v>260</v>
       </c>
       <c r="C42" t="s">
-        <v>522</v>
+        <v>261</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
-        <v>251</v>
+        <v>93</v>
       </c>
       <c r="B43" t="s">
-        <v>523</v>
+        <v>94</v>
       </c>
       <c r="C43" t="s">
-        <v>524</v>
+        <v>95</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
-        <v>251</v>
+        <v>262</v>
       </c>
       <c r="B44" t="s">
-        <v>525</v>
+        <v>263</v>
       </c>
       <c r="C44" t="s">
-        <v>526</v>
+        <v>264</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
-        <v>251</v>
+        <v>54</v>
       </c>
       <c r="B45" t="s">
-        <v>527</v>
+        <v>265</v>
       </c>
       <c r="C45" t="s">
-        <v>528</v>
+        <v>213</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" t="s">
-        <v>122</v>
+        <v>54</v>
       </c>
       <c r="B46" t="s">
-        <v>529</v>
+        <v>266</v>
       </c>
       <c r="C46" t="s">
-        <v>337</v>
+        <v>267</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
-        <v>122</v>
+        <v>268</v>
       </c>
       <c r="B47" t="s">
-        <v>530</v>
+        <v>108</v>
       </c>
       <c r="C47" t="s">
-        <v>531</v>
+        <v>109</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s">
-        <v>122</v>
+        <v>268</v>
       </c>
       <c r="B48" t="s">
-        <v>452</v>
-[...1 lines deleted...]
-      <c r="C48"/>
+        <v>269</v>
+      </c>
+      <c r="C48" t="s">
+        <v>116</v>
+      </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s">
-        <v>122</v>
+        <v>268</v>
       </c>
       <c r="B49" t="s">
-        <v>532</v>
+        <v>270</v>
       </c>
       <c r="C49" t="s">
-        <v>483</v>
+        <v>45</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s">
-        <v>122</v>
+        <v>271</v>
       </c>
       <c r="B50" t="s">
-        <v>256</v>
+        <v>272</v>
       </c>
       <c r="C50" t="s">
-        <v>257</v>
+        <v>273</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" t="s">
-        <v>227</v>
+        <v>274</v>
       </c>
       <c r="B51" t="s">
-        <v>533</v>
-[...1 lines deleted...]
-      <c r="C51"/>
+        <v>275</v>
+      </c>
+      <c r="C51" t="s">
+        <v>35</v>
+      </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="B52" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="C52"/>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" t="s">
-        <v>86</v>
+        <v>277</v>
       </c>
       <c r="B53" t="s">
-        <v>534</v>
+        <v>278</v>
       </c>
       <c r="C53" t="s">
-        <v>535</v>
+        <v>264</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" t="s">
-        <v>86</v>
+        <v>251</v>
       </c>
       <c r="B54" t="s">
-        <v>261</v>
+        <v>279</v>
       </c>
       <c r="C54" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" t="s">
-        <v>86</v>
+        <v>280</v>
       </c>
       <c r="B55" t="s">
-        <v>536</v>
+        <v>281</v>
       </c>
       <c r="C55" t="s">
-        <v>537</v>
+        <v>258</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" t="s">
-        <v>538</v>
+        <v>83</v>
       </c>
       <c r="B56" t="s">
-        <v>539</v>
+        <v>282</v>
       </c>
       <c r="C56" t="s">
-        <v>540</v>
+        <v>283</v>
       </c>
       <c r="D56" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" t="s">
-        <v>541</v>
+        <v>41</v>
       </c>
       <c r="B57" t="s">
-        <v>542</v>
-[...3 lines deleted...]
-      </c>
+        <v>284</v>
+      </c>
+      <c r="C57"/>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" t="s">
-        <v>453</v>
+        <v>118</v>
       </c>
       <c r="B58" t="s">
-        <v>544</v>
+        <v>119</v>
       </c>
       <c r="C58" t="s">
-        <v>545</v>
+        <v>120</v>
       </c>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" t="s">
-        <v>546</v>
+        <v>285</v>
       </c>
       <c r="B59" t="s">
-        <v>547</v>
+        <v>286</v>
       </c>
       <c r="C59" t="s">
-        <v>548</v>
+        <v>35</v>
       </c>
       <c r="D59" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s">
-        <v>166</v>
+        <v>287</v>
       </c>
       <c r="B60" t="s">
-        <v>549</v>
+        <v>288</v>
       </c>
       <c r="C60" t="s">
-        <v>550</v>
+        <v>289</v>
       </c>
       <c r="D60" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" t="s">
-        <v>551</v>
+        <v>121</v>
       </c>
       <c r="B61" t="s">
-        <v>552</v>
+        <v>122</v>
       </c>
       <c r="C61" t="s">
-        <v>328</v>
+        <v>123</v>
       </c>
       <c r="D61" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" t="s">
-        <v>96</v>
+        <v>126</v>
       </c>
       <c r="B62" t="s">
-        <v>553</v>
+        <v>127</v>
       </c>
       <c r="C62" t="s">
-        <v>554</v>
+        <v>128</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
       <c r="B63" t="s">
-        <v>555</v>
+        <v>130</v>
       </c>
       <c r="C63" t="s">
-        <v>556</v>
+        <v>131</v>
       </c>
       <c r="D63" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" t="s">
-        <v>96</v>
+        <v>132</v>
       </c>
       <c r="B64" t="s">
-        <v>557</v>
+        <v>133</v>
       </c>
       <c r="C64" t="s">
-        <v>558</v>
+        <v>134</v>
       </c>
       <c r="D64" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" t="s">
-        <v>18</v>
+        <v>135</v>
       </c>
       <c r="B65" t="s">
-        <v>265</v>
+        <v>136</v>
       </c>
       <c r="C65" t="s">
-        <v>266</v>
+        <v>137</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" t="s">
-        <v>49</v>
+        <v>138</v>
       </c>
       <c r="B66" t="s">
-        <v>559</v>
+        <v>139</v>
       </c>
       <c r="C66" t="s">
-        <v>560</v>
+        <v>140</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" t="s">
-        <v>267</v>
+        <v>141</v>
       </c>
       <c r="B67" t="s">
-        <v>268</v>
+        <v>142</v>
       </c>
       <c r="C67" t="s">
-        <v>269</v>
+        <v>143</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" t="s">
-        <v>390</v>
+        <v>144</v>
       </c>
       <c r="B68" t="s">
-        <v>561</v>
+        <v>145</v>
       </c>
       <c r="C68" t="s">
-        <v>517</v>
+        <v>146</v>
       </c>
       <c r="D68" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" t="s">
-        <v>390</v>
+        <v>147</v>
       </c>
       <c r="B69" t="s">
-        <v>562</v>
+        <v>148</v>
       </c>
       <c r="C69" t="s">
-        <v>522</v>
+        <v>149</v>
       </c>
       <c r="D69" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" t="s">
-        <v>563</v>
+        <v>290</v>
       </c>
       <c r="B70" t="s">
-        <v>564</v>
+        <v>154</v>
       </c>
       <c r="C70" t="s">
-        <v>565</v>
+        <v>155</v>
       </c>
       <c r="D70" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" t="s">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="B71" t="s">
-        <v>270</v>
+        <v>157</v>
       </c>
       <c r="C71" t="s">
-        <v>271</v>
+        <v>158</v>
       </c>
       <c r="D71" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" t="s">
-        <v>272</v>
+        <v>159</v>
       </c>
       <c r="B72" t="s">
-        <v>273</v>
+        <v>160</v>
       </c>
       <c r="C72" t="s">
-        <v>274</v>
+        <v>161</v>
       </c>
       <c r="D72" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" t="s">
-        <v>175</v>
+        <v>162</v>
       </c>
       <c r="B73" t="s">
-        <v>566</v>
+        <v>163</v>
       </c>
       <c r="C73" t="s">
-        <v>567</v>
+        <v>164</v>
       </c>
       <c r="D73" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" t="s">
-        <v>106</v>
+        <v>165</v>
       </c>
       <c r="B74" t="s">
-        <v>568</v>
+        <v>166</v>
       </c>
       <c r="C74" t="s">
-        <v>569</v>
+        <v>167</v>
       </c>
       <c r="D74" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" t="s">
-        <v>570</v>
+        <v>168</v>
       </c>
       <c r="B75" t="s">
-        <v>571</v>
+        <v>169</v>
       </c>
       <c r="C75" t="s">
-        <v>572</v>
+        <v>170</v>
       </c>
       <c r="D75" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" t="s">
-        <v>275</v>
+        <v>51</v>
       </c>
       <c r="B76" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="C76" t="s">
-        <v>257</v>
+        <v>170</v>
       </c>
       <c r="D76" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" t="s">
-        <v>275</v>
+        <v>172</v>
       </c>
       <c r="B77" t="s">
-        <v>573</v>
+        <v>173</v>
       </c>
       <c r="C77" t="s">
-        <v>531</v>
+        <v>174</v>
       </c>
       <c r="D77" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" t="s">
-        <v>275</v>
+        <v>175</v>
       </c>
       <c r="B78" t="s">
-        <v>574</v>
+        <v>176</v>
       </c>
       <c r="C78" t="s">
-        <v>575</v>
+        <v>177</v>
       </c>
       <c r="D78" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" t="s">
-        <v>275</v>
+        <v>203</v>
       </c>
       <c r="B79" t="s">
-        <v>576</v>
+        <v>291</v>
       </c>
       <c r="C79" t="s">
-        <v>519</v>
+        <v>116</v>
       </c>
       <c r="D79" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" t="s">
-        <v>577</v>
+        <v>49</v>
       </c>
       <c r="B80" t="s">
-        <v>578</v>
+        <v>292</v>
       </c>
       <c r="C80" t="s">
-        <v>292</v>
+        <v>207</v>
       </c>
       <c r="D80" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" t="s">
-        <v>331</v>
+        <v>60</v>
       </c>
       <c r="B81" t="s">
-        <v>579</v>
+        <v>293</v>
       </c>
       <c r="C81" t="s">
-        <v>519</v>
+        <v>294</v>
       </c>
       <c r="D81" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" t="s">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="B82" t="s">
-        <v>580</v>
+        <v>295</v>
       </c>
       <c r="C82" t="s">
-        <v>581</v>
+        <v>296</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" t="s">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="B83" t="s">
-        <v>582</v>
+        <v>297</v>
       </c>
       <c r="C83" t="s">
-        <v>478</v>
+        <v>296</v>
       </c>
       <c r="D83" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B84" t="s">
-        <v>583</v>
+        <v>298</v>
       </c>
       <c r="C84" t="s">
-        <v>584</v>
+        <v>299</v>
       </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" t="s">
-        <v>115</v>
+        <v>184</v>
       </c>
       <c r="B85" t="s">
-        <v>585</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="C85"/>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="B86" t="s">
-        <v>587</v>
-[...3 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="C86"/>
       <c r="D86" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" t="s">
-        <v>352</v>
+        <v>80</v>
       </c>
       <c r="B87" t="s">
-        <v>588</v>
-[...3 lines deleted...]
-      </c>
+        <v>302</v>
+      </c>
+      <c r="C87"/>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" t="s">
-        <v>590</v>
+        <v>80</v>
       </c>
       <c r="B88" t="s">
-        <v>591</v>
+        <v>303</v>
       </c>
       <c r="C88" t="s">
-        <v>558</v>
+        <v>304</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" t="s">
-        <v>217</v>
+        <v>54</v>
       </c>
       <c r="B89" t="s">
-        <v>283</v>
+        <v>305</v>
       </c>
       <c r="C89" t="s">
-        <v>284</v>
+        <v>306</v>
       </c>
       <c r="D89" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" t="s">
-        <v>592</v>
+        <v>268</v>
       </c>
       <c r="B90" t="s">
-        <v>593</v>
-[...3 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="C90"/>
       <c r="D90" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" t="s">
-        <v>594</v>
+        <v>187</v>
       </c>
       <c r="B91" t="s">
-        <v>595</v>
+        <v>188</v>
       </c>
       <c r="C91" t="s">
-        <v>596</v>
+        <v>35</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" t="s">
-        <v>285</v>
+        <v>308</v>
       </c>
       <c r="B92" t="s">
-        <v>286</v>
+        <v>309</v>
       </c>
       <c r="C92" t="s">
-        <v>287</v>
+        <v>304</v>
       </c>
       <c r="D92" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" t="s">
-        <v>288</v>
+        <v>310</v>
       </c>
       <c r="B93" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="C93"/>
+        <v>311</v>
+      </c>
+      <c r="C93" t="s">
+        <v>306</v>
+      </c>
       <c r="D93" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" t="s">
-        <v>288</v>
+        <v>189</v>
       </c>
       <c r="B94" t="s">
-        <v>597</v>
+        <v>190</v>
       </c>
       <c r="C94" t="s">
-        <v>598</v>
+        <v>101</v>
       </c>
       <c r="D94" t="s">
-        <v>17</v>
-[...1817 lines deleted...]
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z2"/>
+  <dimension ref="A1:Z34"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="20" customWidth="true" style="0"/>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
-        <v>725</v>
+        <v>312</v>
       </c>
       <c r="B2" t="s">
-        <v>726</v>
+        <v>313</v>
       </c>
       <c r="C2" t="s">
-        <v>165</v>
+        <v>35</v>
       </c>
       <c r="D2" t="s">
-        <v>75</v>
+        <v>66</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26">
+      <c r="A3" t="s">
+        <v>314</v>
+      </c>
+      <c r="B3" t="s">
+        <v>315</v>
+      </c>
+      <c r="C3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26">
+      <c r="A4" t="s">
+        <v>316</v>
+      </c>
+      <c r="B4" t="s">
+        <v>317</v>
+      </c>
+      <c r="C4" t="s">
+        <v>318</v>
+      </c>
+      <c r="D4" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26">
+      <c r="A5" t="s">
+        <v>319</v>
+      </c>
+      <c r="B5" t="s">
+        <v>320</v>
+      </c>
+      <c r="C5" t="s">
+        <v>321</v>
+      </c>
+      <c r="D5" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26">
+      <c r="A6" t="s">
+        <v>322</v>
+      </c>
+      <c r="B6" t="s">
+        <v>323</v>
+      </c>
+      <c r="C6" t="s">
+        <v>324</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>325</v>
+      </c>
+      <c r="C7" t="s">
+        <v>326</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26">
+      <c r="A8" t="s">
+        <v>184</v>
+      </c>
+      <c r="B8" t="s">
+        <v>327</v>
+      </c>
+      <c r="C8" t="s">
+        <v>65</v>
+      </c>
+      <c r="D8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26">
+      <c r="A9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" t="s">
+        <v>328</v>
+      </c>
+      <c r="C9" t="s">
+        <v>329</v>
+      </c>
+      <c r="D9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26">
+      <c r="A10" t="s">
+        <v>242</v>
+      </c>
+      <c r="B10" t="s">
+        <v>330</v>
+      </c>
+      <c r="C10" t="s">
+        <v>180</v>
+      </c>
+      <c r="D10" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26">
+      <c r="A11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B11" t="s">
+        <v>332</v>
+      </c>
+      <c r="C11" t="s">
+        <v>333</v>
+      </c>
+      <c r="D11" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26">
+      <c r="A12" t="s">
+        <v>334</v>
+      </c>
+      <c r="B12" t="s">
+        <v>335</v>
+      </c>
+      <c r="C12" t="s">
+        <v>336</v>
+      </c>
+      <c r="D12" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26">
+      <c r="A13" t="s">
+        <v>247</v>
+      </c>
+      <c r="B13" t="s">
+        <v>337</v>
+      </c>
+      <c r="C13" t="s">
+        <v>338</v>
+      </c>
+      <c r="D13" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26">
+      <c r="A14" t="s">
+        <v>251</v>
+      </c>
+      <c r="B14" t="s">
+        <v>339</v>
+      </c>
+      <c r="C14"/>
+      <c r="D14" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26">
+      <c r="A15" t="s">
+        <v>38</v>
+      </c>
+      <c r="B15" t="s">
+        <v>340</v>
+      </c>
+      <c r="C15" t="s">
+        <v>341</v>
+      </c>
+      <c r="D15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26">
+      <c r="A16" t="s">
+        <v>342</v>
+      </c>
+      <c r="B16" t="s">
+        <v>343</v>
+      </c>
+      <c r="C16" t="s">
+        <v>344</v>
+      </c>
+      <c r="D16" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26">
+      <c r="A17" t="s">
+        <v>27</v>
+      </c>
+      <c r="B17" t="s">
+        <v>345</v>
+      </c>
+      <c r="C17" t="s">
+        <v>346</v>
+      </c>
+      <c r="D17" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26">
+      <c r="A18" t="s">
+        <v>347</v>
+      </c>
+      <c r="B18" t="s">
+        <v>348</v>
+      </c>
+      <c r="C18" t="s">
+        <v>349</v>
+      </c>
+      <c r="D18" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26">
+      <c r="A19" t="s">
+        <v>114</v>
+      </c>
+      <c r="B19" t="s">
+        <v>350</v>
+      </c>
+      <c r="C19" t="s">
+        <v>351</v>
+      </c>
+      <c r="D19" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26">
+      <c r="A20" t="s">
+        <v>352</v>
+      </c>
+      <c r="B20" t="s">
+        <v>353</v>
+      </c>
+      <c r="C20" t="s">
+        <v>354</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26">
+      <c r="A21" t="s">
+        <v>355</v>
+      </c>
+      <c r="B21" t="s">
+        <v>356</v>
+      </c>
+      <c r="C21" t="s">
+        <v>354</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26">
+      <c r="A22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B22" t="s">
+        <v>357</v>
+      </c>
+      <c r="C22" t="s">
+        <v>354</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26">
+      <c r="A23" t="s">
+        <v>30</v>
+      </c>
+      <c r="B23" t="s">
+        <v>358</v>
+      </c>
+      <c r="C23" t="s">
+        <v>24</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26">
+      <c r="A24" t="s">
+        <v>359</v>
+      </c>
+      <c r="B24" t="s">
+        <v>360</v>
+      </c>
+      <c r="C24" t="s">
+        <v>361</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26">
+      <c r="A25" t="s">
+        <v>362</v>
+      </c>
+      <c r="B25" t="s">
+        <v>363</v>
+      </c>
+      <c r="C25" t="s">
+        <v>354</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26">
+      <c r="A26" t="s">
+        <v>364</v>
+      </c>
+      <c r="B26" t="s">
+        <v>365</v>
+      </c>
+      <c r="C26" t="s">
+        <v>354</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26">
+      <c r="A27" t="s">
+        <v>366</v>
+      </c>
+      <c r="B27" t="s">
+        <v>365</v>
+      </c>
+      <c r="C27" t="s">
+        <v>354</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26">
+      <c r="A28" t="s">
+        <v>159</v>
+      </c>
+      <c r="B28" t="s">
+        <v>365</v>
+      </c>
+      <c r="C28" t="s">
+        <v>354</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26">
+      <c r="A29" t="s">
+        <v>367</v>
+      </c>
+      <c r="B29" t="s">
+        <v>365</v>
+      </c>
+      <c r="C29" t="s">
+        <v>354</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26">
+      <c r="A30" t="s">
+        <v>368</v>
+      </c>
+      <c r="B30" t="s">
+        <v>369</v>
+      </c>
+      <c r="C30" t="s">
+        <v>370</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26">
+      <c r="A31" t="s">
+        <v>371</v>
+      </c>
+      <c r="B31" t="s">
+        <v>372</v>
+      </c>
+      <c r="C31" t="s">
+        <v>35</v>
+      </c>
+      <c r="D31" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26">
+      <c r="A32" t="s">
+        <v>69</v>
+      </c>
+      <c r="B32" t="s">
+        <v>373</v>
+      </c>
+      <c r="C32" t="s">
+        <v>374</v>
+      </c>
+      <c r="D32" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="33" spans="1:26">
+      <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
+        <v>375</v>
+      </c>
+      <c r="C33" t="s">
+        <v>35</v>
+      </c>
+      <c r="D33" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="34" spans="1:26">
+      <c r="A34" t="s">
+        <v>181</v>
+      </c>
+      <c r="B34" t="s">
+        <v>376</v>
+      </c>
+      <c r="C34" t="s">
+        <v>377</v>
+      </c>
+      <c r="D34" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z59"/>
+  <dimension ref="A1:Z54"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="20" customWidth="true" style="0"/>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
-        <v>727</v>
+        <v>378</v>
       </c>
       <c r="B2" t="s">
-        <v>728</v>
+        <v>379</v>
       </c>
       <c r="C2" t="s">
-        <v>729</v>
+        <v>380</v>
       </c>
       <c r="D2" t="s">
-        <v>7</v>
+        <v>66</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
-        <v>109</v>
+        <v>371</v>
       </c>
       <c r="B3" t="s">
-        <v>110</v>
+        <v>381</v>
       </c>
       <c r="C3" t="s">
-        <v>111</v>
+        <v>382</v>
       </c>
       <c r="D3" t="s">
-        <v>7</v>
+        <v>66</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>383</v>
       </c>
       <c r="B4" t="s">
-        <v>730</v>
+        <v>384</v>
       </c>
       <c r="C4" t="s">
-        <v>731</v>
+        <v>116</v>
       </c>
       <c r="D4" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
-        <v>193</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>732</v>
+        <v>385</v>
       </c>
       <c r="C5" t="s">
-        <v>733</v>
+        <v>386</v>
       </c>
       <c r="D5" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
-        <v>277</v>
+        <v>387</v>
       </c>
       <c r="B6" t="s">
-        <v>734</v>
-[...1 lines deleted...]
-      <c r="C6"/>
+        <v>388</v>
+      </c>
+      <c r="C6" t="s">
+        <v>389</v>
+      </c>
       <c r="D6" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
-        <v>735</v>
+        <v>390</v>
       </c>
       <c r="B7" t="s">
-        <v>736</v>
+        <v>391</v>
       </c>
       <c r="C7" t="s">
-        <v>6</v>
+        <v>116</v>
       </c>
       <c r="D7" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
-        <v>327</v>
+        <v>60</v>
       </c>
       <c r="B8" t="s">
-        <v>737</v>
-[...1 lines deleted...]
-      <c r="C8"/>
+        <v>392</v>
+      </c>
+      <c r="C8" t="s">
+        <v>393</v>
+      </c>
       <c r="D8" t="s">
-        <v>7</v>
+        <v>98</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
-        <v>178</v>
+        <v>242</v>
       </c>
       <c r="B9" t="s">
-        <v>734</v>
-[...1 lines deleted...]
-      <c r="C9"/>
+        <v>394</v>
+      </c>
+      <c r="C9" t="s">
+        <v>389</v>
+      </c>
       <c r="D9" t="s">
-        <v>7</v>
+        <v>117</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
-        <v>738</v>
+        <v>242</v>
       </c>
       <c r="B10" t="s">
-        <v>739</v>
+        <v>395</v>
       </c>
       <c r="C10" t="s">
-        <v>6</v>
+        <v>389</v>
       </c>
       <c r="D10" t="s">
-        <v>7</v>
+        <v>117</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
-        <v>740</v>
+        <v>396</v>
       </c>
       <c r="B11" t="s">
-        <v>730</v>
+        <v>397</v>
       </c>
       <c r="C11" t="s">
-        <v>6</v>
+        <v>116</v>
       </c>
       <c r="D11" t="s">
-        <v>7</v>
+        <v>117</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
-        <v>741</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>732</v>
+        <v>398</v>
       </c>
       <c r="C12" t="s">
-        <v>6</v>
+        <v>393</v>
       </c>
       <c r="D12" t="s">
-        <v>7</v>
+        <v>117</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
-        <v>742</v>
+        <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>743</v>
+        <v>399</v>
       </c>
       <c r="C13" t="s">
-        <v>744</v>
+        <v>400</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
-        <v>112</v>
+        <v>401</v>
       </c>
       <c r="B14" t="s">
-        <v>745</v>
+        <v>402</v>
       </c>
       <c r="C14" t="s">
-        <v>244</v>
+        <v>403</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
-        <v>224</v>
+        <v>404</v>
       </c>
       <c r="B15" t="s">
-        <v>746</v>
+        <v>405</v>
       </c>
       <c r="C15" t="s">
-        <v>747</v>
+        <v>406</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
-        <v>86</v>
+        <v>359</v>
       </c>
       <c r="B16" t="s">
-        <v>748</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
-        <v>749</v>
+        <v>408</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
-        <v>49</v>
+        <v>409</v>
       </c>
       <c r="B17" t="s">
-        <v>750</v>
+        <v>410</v>
       </c>
       <c r="C17" t="s">
-        <v>531</v>
+        <v>411</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
-        <v>390</v>
+        <v>412</v>
       </c>
       <c r="B18" t="s">
-        <v>751</v>
+        <v>413</v>
       </c>
       <c r="C18" t="s">
-        <v>255</v>
+        <v>414</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
-        <v>563</v>
+        <v>415</v>
       </c>
       <c r="B19" t="s">
-        <v>752</v>
+        <v>416</v>
       </c>
       <c r="C19" t="s">
-        <v>753</v>
+        <v>417</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
-        <v>125</v>
+        <v>418</v>
       </c>
       <c r="B20" t="s">
-        <v>754</v>
+        <v>419</v>
       </c>
       <c r="C20" t="s">
-        <v>755</v>
+        <v>420</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
-        <v>178</v>
+        <v>421</v>
       </c>
       <c r="B21" t="s">
-        <v>756</v>
+        <v>419</v>
       </c>
       <c r="C21" t="s">
-        <v>6</v>
+        <v>420</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
-        <v>115</v>
+        <v>159</v>
       </c>
       <c r="B22" t="s">
-        <v>757</v>
+        <v>422</v>
       </c>
       <c r="C22" t="s">
-        <v>567</v>
+        <v>423</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
-        <v>723</v>
+        <v>424</v>
       </c>
       <c r="B23" t="s">
-        <v>745</v>
+        <v>425</v>
       </c>
       <c r="C23" t="s">
-        <v>244</v>
+        <v>426</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
-        <v>758</v>
+        <v>427</v>
       </c>
       <c r="B24" t="s">
-        <v>759</v>
+        <v>428</v>
       </c>
       <c r="C24" t="s">
-        <v>749</v>
+        <v>400</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s">
-        <v>620</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>751</v>
+        <v>430</v>
       </c>
       <c r="C25" t="s">
-        <v>255</v>
+        <v>116</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
-        <v>760</v>
+        <v>431</v>
       </c>
       <c r="B26" t="s">
-        <v>761</v>
+        <v>432</v>
       </c>
       <c r="C26" t="s">
-        <v>762</v>
+        <v>433</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
-        <v>763</v>
+        <v>409</v>
       </c>
       <c r="B27" t="s">
-        <v>764</v>
+        <v>434</v>
       </c>
       <c r="C27" t="s">
-        <v>765</v>
+        <v>411</v>
       </c>
       <c r="D27" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
-        <v>766</v>
+        <v>412</v>
       </c>
       <c r="B28" t="s">
-        <v>764</v>
+        <v>435</v>
       </c>
       <c r="C28" t="s">
-        <v>767</v>
+        <v>414</v>
       </c>
       <c r="D28" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
-        <v>223</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>768</v>
+        <v>437</v>
       </c>
       <c r="C29" t="s">
-        <v>769</v>
+        <v>438</v>
       </c>
       <c r="D29" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
-        <v>109</v>
+        <v>439</v>
       </c>
       <c r="B30" t="s">
-        <v>770</v>
+        <v>440</v>
       </c>
       <c r="C30" t="s">
-        <v>771</v>
+        <v>382</v>
       </c>
       <c r="D30" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
-        <v>725</v>
+        <v>441</v>
       </c>
       <c r="B31" t="s">
-        <v>772</v>
+        <v>442</v>
       </c>
       <c r="C31" t="s">
-        <v>108</v>
+        <v>443</v>
       </c>
       <c r="D31" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" t="s">
-        <v>49</v>
+        <v>444</v>
       </c>
       <c r="B32" t="s">
-        <v>773</v>
+        <v>445</v>
       </c>
       <c r="C32" t="s">
-        <v>774</v>
+        <v>446</v>
       </c>
       <c r="D32" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" t="s">
-        <v>775</v>
+        <v>447</v>
       </c>
       <c r="B33" t="s">
-        <v>776</v>
+        <v>448</v>
       </c>
       <c r="C33" t="s">
-        <v>777</v>
+        <v>449</v>
       </c>
       <c r="D33" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
-        <v>778</v>
+        <v>450</v>
       </c>
       <c r="B34" t="s">
-        <v>779</v>
+        <v>451</v>
       </c>
       <c r="C34" t="s">
-        <v>780</v>
+        <v>452</v>
       </c>
       <c r="D34" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
-        <v>781</v>
+        <v>453</v>
       </c>
       <c r="B35" t="s">
-        <v>782</v>
+        <v>454</v>
       </c>
       <c r="C35" t="s">
-        <v>783</v>
+        <v>452</v>
       </c>
       <c r="D35" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
-        <v>784</v>
+        <v>455</v>
       </c>
       <c r="B36" t="s">
-        <v>772</v>
+        <v>456</v>
       </c>
       <c r="C36" t="s">
-        <v>108</v>
+        <v>35</v>
       </c>
       <c r="D36" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
-        <v>785</v>
+        <v>203</v>
       </c>
       <c r="B37" t="s">
-        <v>768</v>
+        <v>457</v>
       </c>
       <c r="C37" t="s">
-        <v>769</v>
+        <v>116</v>
       </c>
       <c r="D37" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
-        <v>786</v>
+        <v>191</v>
       </c>
       <c r="B38" t="s">
-        <v>787</v>
+        <v>458</v>
       </c>
       <c r="C38" t="s">
-        <v>788</v>
+        <v>389</v>
       </c>
       <c r="D38" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
-        <v>789</v>
+        <v>178</v>
       </c>
       <c r="B39" t="s">
-        <v>790</v>
+        <v>459</v>
       </c>
       <c r="C39" t="s">
-        <v>791</v>
+        <v>389</v>
       </c>
       <c r="D39" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
-        <v>792</v>
+        <v>178</v>
       </c>
       <c r="B40" t="s">
-        <v>793</v>
+        <v>460</v>
       </c>
       <c r="C40" t="s">
-        <v>788</v>
+        <v>116</v>
       </c>
       <c r="D40" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
-        <v>794</v>
+        <v>461</v>
       </c>
       <c r="B41" t="s">
-        <v>795</v>
+        <v>462</v>
       </c>
       <c r="C41" t="s">
-        <v>788</v>
+        <v>389</v>
       </c>
       <c r="D41" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
-        <v>182</v>
+        <v>22</v>
       </c>
       <c r="B42" t="s">
-        <v>796</v>
+        <v>463</v>
       </c>
       <c r="C42" t="s">
-        <v>755</v>
+        <v>116</v>
       </c>
       <c r="D42" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
-        <v>797</v>
+        <v>60</v>
       </c>
       <c r="B43" t="s">
-        <v>798</v>
+        <v>464</v>
       </c>
       <c r="C43" t="s">
-        <v>799</v>
+        <v>116</v>
       </c>
       <c r="D43" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
-        <v>498</v>
+        <v>181</v>
       </c>
       <c r="B44" t="s">
-        <v>800</v>
+        <v>465</v>
       </c>
       <c r="C44" t="s">
-        <v>596</v>
+        <v>116</v>
       </c>
       <c r="D44" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
-        <v>211</v>
+        <v>184</v>
       </c>
       <c r="B45" t="s">
-        <v>801</v>
+        <v>466</v>
       </c>
       <c r="C45" t="s">
-        <v>802</v>
+        <v>256</v>
       </c>
       <c r="D45" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" t="s">
-        <v>223</v>
+        <v>467</v>
       </c>
       <c r="B46" t="s">
-        <v>803</v>
+        <v>468</v>
       </c>
       <c r="C46" t="s">
-        <v>6</v>
+        <v>116</v>
       </c>
       <c r="D46" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
-        <v>804</v>
+        <v>80</v>
       </c>
       <c r="B47" t="s">
-        <v>805</v>
-[...1 lines deleted...]
-      <c r="C47"/>
+        <v>469</v>
+      </c>
+      <c r="C47" t="s">
+        <v>470</v>
+      </c>
       <c r="D47" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s">
-        <v>122</v>
+        <v>36</v>
       </c>
       <c r="B48" t="s">
-        <v>806</v>
+        <v>471</v>
       </c>
       <c r="C48" t="s">
-        <v>807</v>
+        <v>470</v>
       </c>
       <c r="D48" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s">
-        <v>786</v>
+        <v>472</v>
       </c>
       <c r="B49" t="s">
-        <v>808</v>
+        <v>473</v>
       </c>
       <c r="C49" t="s">
-        <v>6</v>
+        <v>386</v>
       </c>
       <c r="D49" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s">
-        <v>809</v>
+        <v>474</v>
       </c>
       <c r="B50" t="s">
-        <v>810</v>
+        <v>475</v>
       </c>
       <c r="C50" t="s">
-        <v>811</v>
+        <v>389</v>
       </c>
       <c r="D50" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="B51" t="s">
-        <v>812</v>
+        <v>188</v>
       </c>
       <c r="C51" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="D51" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" t="s">
-        <v>277</v>
+        <v>249</v>
       </c>
       <c r="B52" t="s">
-        <v>813</v>
+        <v>476</v>
       </c>
       <c r="C52" t="s">
-        <v>531</v>
+        <v>477</v>
       </c>
       <c r="D52" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" t="s">
-        <v>592</v>
+        <v>478</v>
       </c>
       <c r="B53" t="s">
-        <v>814</v>
+        <v>479</v>
       </c>
       <c r="C53" t="s">
-        <v>815</v>
+        <v>480</v>
       </c>
       <c r="D53" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" t="s">
-        <v>466</v>
+        <v>481</v>
       </c>
       <c r="B54" t="s">
-        <v>816</v>
+        <v>456</v>
       </c>
       <c r="C54" t="s">
-        <v>817</v>
+        <v>35</v>
       </c>
       <c r="D54" t="s">
-        <v>75</v>
-[...69 lines deleted...]
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z78"/>
+  <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="20" customWidth="true" style="0"/>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
-        <v>727</v>
+        <v>482</v>
       </c>
       <c r="B2" t="s">
-        <v>825</v>
+        <v>483</v>
       </c>
       <c r="C2" t="s">
-        <v>826</v>
+        <v>324</v>
       </c>
       <c r="D2" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
-        <v>827</v>
+        <v>484</v>
       </c>
       <c r="B3" t="s">
-        <v>828</v>
+        <v>485</v>
       </c>
       <c r="C3" t="s">
-        <v>829</v>
+        <v>486</v>
       </c>
       <c r="D3" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
-        <v>830</v>
+        <v>487</v>
       </c>
       <c r="B4" t="s">
-        <v>831</v>
+        <v>488</v>
       </c>
       <c r="C4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="D4" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
-        <v>830</v>
+        <v>489</v>
       </c>
       <c r="B5" t="s">
-        <v>832</v>
+        <v>490</v>
       </c>
       <c r="C5" t="s">
-        <v>826</v>
+        <v>491</v>
       </c>
       <c r="D5" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
-        <v>833</v>
+        <v>492</v>
       </c>
       <c r="B6" t="s">
-        <v>834</v>
+        <v>493</v>
       </c>
       <c r="C6" t="s">
-        <v>835</v>
+        <v>494</v>
       </c>
       <c r="D6" t="s">
-        <v>7</v>
-[...1007 lines deleted...]
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z7"/>
+  <dimension ref="A1:Z2"/>
   <sheetViews>
-    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+    <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="20" customWidth="true" style="0"/>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
-        <v>4</v>
+        <v>181</v>
       </c>
       <c r="B2" t="s">
-        <v>949</v>
+        <v>182</v>
       </c>
       <c r="C2" t="s">
-        <v>950</v>
+        <v>183</v>
       </c>
       <c r="D2" t="s">
-        <v>7</v>
-[...69 lines deleted...]
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>10</vt:i4>
+        <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
+    <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>gymnasticky aerobik</vt:lpstr>
       <vt:lpstr>akrobaticka gymnastika</vt:lpstr>
       <vt:lpstr>parkour</vt:lpstr>
       <vt:lpstr>sportovni gymnastika muzu</vt:lpstr>
       <vt:lpstr>sportovni gymnastika zen</vt:lpstr>
-      <vt:lpstr>splh na lane</vt:lpstr>
       <vt:lpstr>teamgym</vt:lpstr>
       <vt:lpstr>skoky na trampoline</vt:lpstr>
       <vt:lpstr>vseobecna gymnastika</vt:lpstr>
       <vt:lpstr>nerozliseno</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>GIS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>