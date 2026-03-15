--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -28,484 +28,766 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="8" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="gymnasticky aerobik" sheetId="1" r:id="rId4"/>
     <sheet name="akrobaticka gymnastika" sheetId="2" r:id="rId5"/>
     <sheet name="parkour" sheetId="3" r:id="rId6"/>
     <sheet name="sportovni gymnastika muzu" sheetId="4" r:id="rId7"/>
     <sheet name="sportovni gymnastika zen" sheetId="5" r:id="rId8"/>
     <sheet name="teamgym" sheetId="6" r:id="rId9"/>
     <sheet name="skoky na trampoline" sheetId="7" r:id="rId10"/>
     <sheet name="vseobecna gymnastika" sheetId="8" r:id="rId11"/>
     <sheet name="nerozliseno" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="495">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="628">
   <si>
     <t>datum</t>
   </si>
   <si>
     <t>název</t>
   </si>
   <si>
     <t>místo</t>
   </si>
   <si>
     <t>typ</t>
   </si>
   <si>
+    <t>6.6.2026</t>
+  </si>
+  <si>
+    <t>Pohár Federací - 2. kolo</t>
+  </si>
+  <si>
+    <t>Handlová / SVK</t>
+  </si>
+  <si>
+    <t>pohárové</t>
+  </si>
+  <si>
+    <t>23.4.-26.4.2026</t>
+  </si>
+  <si>
+    <t>Mistrovství ČR v gymnastickém aerobiku</t>
+  </si>
+  <si>
+    <t>Praha</t>
+  </si>
+  <si>
+    <t>mistrovské</t>
+  </si>
+  <si>
+    <t>27.2.-1.3.2026</t>
+  </si>
+  <si>
+    <t>Eisenberg International Aerobic Competition</t>
+  </si>
+  <si>
+    <t>Eisenberg  / GER</t>
+  </si>
+  <si>
+    <t>zahraniční</t>
+  </si>
+  <si>
     <t>14.3.-15.3.2026</t>
   </si>
   <si>
-    <t>1. kolo PF 2026</t>
+    <t>Pohár Federací - 1. kolo</t>
   </si>
   <si>
     <t>Městská hala Jablonec nad Nisou</t>
   </si>
   <si>
-    <t>zahraniční</t>
+    <t>19.3.-22.3.2026</t>
+  </si>
+  <si>
+    <t>German Aerobic Open</t>
+  </si>
+  <si>
+    <t>Riesa / GER</t>
+  </si>
+  <si>
+    <t>25.3.-29.3.2026</t>
+  </si>
+  <si>
+    <t>Cantanhede International Open Competition</t>
+  </si>
+  <si>
+    <t>Cantanhede  (POR)</t>
+  </si>
+  <si>
+    <t>10.4.-12.4.2026</t>
+  </si>
+  <si>
+    <t>Slovak Aerobic Open</t>
+  </si>
+  <si>
+    <t>Bratislava / SVK</t>
+  </si>
+  <si>
+    <t>29.6.-5.7.2026</t>
+  </si>
+  <si>
+    <t>Tréninkový kemp European Gymnastics</t>
+  </si>
+  <si>
+    <t>Loutraki (GRE)</t>
   </si>
   <si>
     <t>27.3.-29.3.2026</t>
   </si>
   <si>
     <t>AER Světový pohár</t>
   </si>
   <si>
     <t>Cantanhede (POR)</t>
   </si>
   <si>
     <t>reprezentační</t>
   </si>
   <si>
     <t>4.9.-6.9.2026</t>
   </si>
   <si>
     <t>SVĚTOVÝ ZÁVOD MLÁDEŽE V AEROBIKU</t>
   </si>
   <si>
     <t>Pamplona / ESP</t>
   </si>
   <si>
     <t>MISTROVSTVÍ SVĚTA JUNIORŮ V AEROBIKU</t>
   </si>
   <si>
     <t>11.9.-13.9.2026</t>
   </si>
   <si>
     <t>MISTROVSTVÍ SVĚTA V AEROBIKU</t>
   </si>
   <si>
     <t>7.3.-8.3.2026</t>
   </si>
   <si>
     <t>MsM Praha (II.VT)</t>
   </si>
   <si>
     <t>Praha 5</t>
   </si>
   <si>
     <t>ostatní</t>
   </si>
   <si>
     <t>14.3.2026</t>
   </si>
   <si>
-    <t>Začni s Mistry</t>
+    <t>ZsM Sedlčany (III. VT)</t>
+  </si>
+  <si>
+    <t>Sedlčany</t>
+  </si>
+  <si>
+    <t>24.3.2026</t>
+  </si>
+  <si>
+    <t>Velikonoční aerobic Challenge cup (ZP)</t>
+  </si>
+  <si>
+    <t>Velká tělocvična ZŠ Mníšek pod Brdy</t>
+  </si>
+  <si>
+    <t>29.3.2026</t>
+  </si>
+  <si>
+    <t>ZsM Příbram (III. VT)</t>
   </si>
   <si>
     <t>Příbram</t>
   </si>
   <si>
-    <t>29.3.2026</t>
-[...4 lines deleted...]
-  <si>
     <t>11.4.-12.4.2026</t>
   </si>
   <si>
     <t>MsM České Budějovice (II.VT)</t>
   </si>
   <si>
     <t>České Budějovice</t>
   </si>
   <si>
     <t>18.4.-19.4.2026</t>
   </si>
   <si>
     <t>MsM Ostrava (II.VT)</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
-    <t>23.4.-26.4.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Czech Aerobic Open</t>
   </si>
   <si>
-    <t>Praha</t>
-[...1 lines deleted...]
-  <si>
     <t>26.4.2026</t>
   </si>
   <si>
+    <t>ZsM Jindřichův Hradec (III. VT)</t>
+  </si>
+  <si>
     <t>Jindřichův Hradec</t>
   </si>
   <si>
     <t>8.5.-9.5.2026</t>
   </si>
   <si>
     <t>MsM Chotěboř (II.VT)</t>
   </si>
   <si>
     <t>Chotěboř</t>
   </si>
   <si>
     <t>16.5.2026</t>
   </si>
   <si>
+    <t>ZsM Slaný (III. VT)</t>
+  </si>
+  <si>
     <t>Slaný</t>
   </si>
   <si>
     <t>30.5.-31.5.2026</t>
   </si>
   <si>
     <t>MsM Kolín (II.VT)</t>
   </si>
   <si>
     <t>Kolín</t>
   </si>
   <si>
+    <t>24.10.-25.10.2026</t>
+  </si>
+  <si>
+    <t>Pohár Federací - 3. kolo</t>
+  </si>
+  <si>
+    <t>Otrokovice</t>
+  </si>
+  <si>
+    <t>19.4.-23.5.2026</t>
+  </si>
+  <si>
+    <t>Školení rozhodčích akrobatické gymnastiky</t>
+  </si>
+  <si>
+    <t>Hala Bohemians</t>
+  </si>
+  <si>
+    <t>školení, semináře</t>
+  </si>
+  <si>
+    <t>24.5.2026</t>
+  </si>
+  <si>
+    <t>MČR Žáků a závod Klokánek</t>
+  </si>
+  <si>
+    <t>Hala TJ Bohemians</t>
+  </si>
+  <si>
+    <t>24.9.-27.9.2026</t>
+  </si>
+  <si>
+    <t>Mistrovství světa v akrobatické gymnastice</t>
+  </si>
+  <si>
+    <t>Pesaro (ITA)</t>
+  </si>
+  <si>
     <t>7.2.2026</t>
   </si>
   <si>
     <t>Acro Cup Havířov</t>
   </si>
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>8.2.2026</t>
   </si>
   <si>
     <t>Morava Open</t>
   </si>
   <si>
+    <t>18.4.2026</t>
+  </si>
+  <si>
+    <t>Klokan Cup</t>
+  </si>
+  <si>
     <t>28.11.2026</t>
   </si>
   <si>
     <t>Hvězdy nad Vysočinou 2026</t>
   </si>
   <si>
     <t>Dolní Cerekev</t>
   </si>
   <si>
+    <t>5.3.-7.3.2026</t>
+  </si>
+  <si>
+    <t>ŠKOLENÍ rozhodčích PARKOUR I–III. třídy 2025–2028 Brno</t>
+  </si>
+  <si>
+    <t>Sokol Brno 1</t>
+  </si>
+  <si>
+    <t>ŠKOLENÍ trenérů PARKOUR III. třídy</t>
+  </si>
+  <si>
+    <t>1.3.2026</t>
+  </si>
+  <si>
+    <t>Český pohár v Parkouru Brno - 1 část</t>
+  </si>
+  <si>
+    <t>Brno</t>
+  </si>
+  <si>
+    <t>19.4.2026</t>
+  </si>
+  <si>
+    <t>Český pohár v Parkouru Brno - 2 část (mladší žáci)</t>
+  </si>
+  <si>
+    <t>2. Klubový závod inBalance 2026</t>
+  </si>
+  <si>
+    <t>10.5.2026</t>
+  </si>
+  <si>
+    <t>Český pohár v Parkouru Brno - 3 část (starší žáci)</t>
+  </si>
+  <si>
+    <t>3. Klubový závod inBalance 2026</t>
+  </si>
+  <si>
     <t>23.5.2026</t>
   </si>
   <si>
     <t>Český pohár v parkouru Praha 2026</t>
   </si>
   <si>
-    <t>pohárové</t>
+    <t>Český pohár PARKOUR Zlín 2026</t>
+  </si>
+  <si>
+    <t>Gymnastika Zlín z.s.</t>
   </si>
   <si>
     <t>12.9.2026</t>
   </si>
   <si>
     <t>Český pohár v parkouru Plzeň 2026</t>
   </si>
   <si>
     <t>Krašovská aktivity centrum Plzeň</t>
   </si>
   <si>
+    <t>28.11.-29.11.2026</t>
+  </si>
+  <si>
+    <t>Mistrovství ČR a Mistrovství SR 2026</t>
+  </si>
+  <si>
+    <t>Poprad (SR)</t>
+  </si>
+  <si>
+    <t>2.5.2026</t>
+  </si>
+  <si>
+    <t>1. kolo slovenského pohára v parkúre</t>
+  </si>
+  <si>
+    <t>Bratislava (SR)</t>
+  </si>
+  <si>
+    <t>14.5.-17.5.2026</t>
+  </si>
+  <si>
+    <t>FIG World Cup Montepelliér</t>
+  </si>
+  <si>
+    <t>Montpellier (FRA)</t>
+  </si>
+  <si>
+    <t>30.5.2026</t>
+  </si>
+  <si>
+    <t>2. kola slovenského pohára v parkúre</t>
+  </si>
+  <si>
+    <t>Žilina (SR)</t>
+  </si>
+  <si>
+    <t>4.6.-7.6.2026</t>
+  </si>
+  <si>
+    <t>FIG World Cup Istambul</t>
+  </si>
+  <si>
+    <t>Istambul (TUR)</t>
+  </si>
+  <si>
+    <t>12.6.-14.6.2026</t>
+  </si>
+  <si>
+    <t>Slovak parkour open 2026</t>
+  </si>
+  <si>
+    <t>17.10.2026</t>
+  </si>
+  <si>
+    <t>3. kolo slovenského pohára v parkúre</t>
+  </si>
+  <si>
+    <t>Košice (SR)</t>
+  </si>
+  <si>
     <t>21.3.2026</t>
   </si>
   <si>
     <t>Angel speed cup 2026</t>
   </si>
   <si>
     <t>Základní škola a mateřská škola ANGEL v Praze 12</t>
   </si>
   <si>
+    <t>27.3.2026</t>
+  </si>
+  <si>
+    <t>Velikonoční speedrun</t>
+  </si>
+  <si>
+    <t>ZŠ Mníšek pod Brdy, Komenského 420</t>
+  </si>
+  <si>
     <t>23.1.-25.1.2026</t>
   </si>
   <si>
     <t>Školení trenérů III. třídy a asistentů trenéra</t>
   </si>
   <si>
     <t>City Campus Ostravské univerzity</t>
   </si>
   <si>
-    <t>školení, semináře</t>
-[...1 lines deleted...]
-  <si>
     <t>13.3.-15.3.2026</t>
   </si>
   <si>
     <t>Školení asistenta trenéra a školení 3. třídy sportovní gymnastiky</t>
   </si>
   <si>
     <t>7.3.2026</t>
   </si>
   <si>
     <t>Gymnastická mimina - Mem. M. Vaculíka</t>
   </si>
   <si>
     <t>Prostějov</t>
   </si>
   <si>
     <t>15.3.2026</t>
   </si>
   <si>
     <t>Poděbradská cvička - muži</t>
   </si>
   <si>
     <t>T.J. Sokol Poděbrady</t>
   </si>
   <si>
+    <t>Karlovarská číše</t>
+  </si>
+  <si>
+    <t>Střední pedagogicá škola</t>
+  </si>
+  <si>
+    <t>28.3.2026</t>
+  </si>
+  <si>
+    <t>O zlatou placku</t>
+  </si>
+  <si>
+    <t>GymCentrum ČB</t>
+  </si>
+  <si>
+    <t>11.4.2026</t>
+  </si>
+  <si>
+    <t>Bučovice memoriál Petra Petržela a Antonína Součka</t>
+  </si>
+  <si>
+    <t>ZŠ 710 Bučovice</t>
+  </si>
+  <si>
     <t>12.4.2026</t>
   </si>
   <si>
     <t>Jarní pohár Plzeň</t>
   </si>
   <si>
     <t>17.4.-18.4.2026</t>
   </si>
   <si>
-    <t>Pražská liga mládeže - jaro</t>
+    <t>Pražská liga mládeže - jaro, nominace LODM</t>
   </si>
   <si>
     <t>SK Hradčany</t>
   </si>
   <si>
     <t>25.4.2026</t>
   </si>
   <si>
     <t>ZNOJMO GYM CUP 2026</t>
   </si>
   <si>
     <t>Sportovní hala TJ Znojmo</t>
   </si>
   <si>
     <t>8.5.2026</t>
   </si>
   <si>
     <t>Májový pohár</t>
   </si>
   <si>
     <t>tělocvična školy K. H. Máchy</t>
   </si>
   <si>
+    <t>20.6.2026</t>
+  </si>
+  <si>
+    <t>Čerti s Andělem</t>
+  </si>
+  <si>
+    <t>gymnastická hala SK Hradčany</t>
+  </si>
+  <si>
     <t>9.10.-10.10.2026</t>
   </si>
   <si>
     <t>Pražská liga mládeže - podzim</t>
   </si>
   <si>
     <t>31.10.2026</t>
   </si>
   <si>
     <t>Memoriál Karla Hartiga</t>
   </si>
   <si>
     <t>Sokolovna Kolín</t>
   </si>
   <si>
     <t>12.12.2026</t>
   </si>
   <si>
     <t>Zlínský sněhulák 2026</t>
   </si>
   <si>
     <t>19.12.2026</t>
   </si>
   <si>
     <t>Vánoční závod - Vršovice</t>
   </si>
   <si>
     <t>Praha 10</t>
   </si>
   <si>
     <t>24.4.2026</t>
   </si>
   <si>
     <t>Přebor Středočeského kraje</t>
   </si>
   <si>
     <t>přebornické</t>
   </si>
   <si>
     <t>Oblastní Přebor ČOS - ČECHY</t>
   </si>
   <si>
     <t>Oblastní přebor ČOS - Morava</t>
   </si>
   <si>
-    <t>Brno</t>
-[...1 lines deleted...]
-  <si>
     <t>SGM Přebor Jihomoravského kraje</t>
   </si>
   <si>
     <t>1.5.2026</t>
   </si>
   <si>
     <t>SGM Finále Přeboru ČOS</t>
   </si>
   <si>
     <t>T.J. Sokol Brno I</t>
   </si>
   <si>
+    <t>Přebor města Ostravy - OPEN</t>
+  </si>
+  <si>
+    <t>Třinec</t>
+  </si>
+  <si>
+    <t>22.5.2026</t>
+  </si>
+  <si>
+    <t>Přebor Olomouckého kraje mužských složek</t>
+  </si>
+  <si>
     <t>Krajský přebor Libereckého a Královéhradeckého kraje</t>
   </si>
   <si>
     <t>Gymnastická hala Liberec</t>
   </si>
   <si>
     <t>Přebor Plzeňského a Karlovarského kraje</t>
   </si>
   <si>
     <t>TJ Sokol Plzeň 1</t>
   </si>
   <si>
     <t>29.5.2026</t>
   </si>
   <si>
     <t>SGM Přebor hl.m. Prahy jednotlivců</t>
   </si>
   <si>
     <t>30.10.2026</t>
   </si>
   <si>
     <t>SGM Přebor hl. m. Prahy</t>
   </si>
   <si>
     <t>6.6.-7.6.2026</t>
   </si>
   <si>
     <t>SGM Mistrovství ČR jednotlivců a družstev</t>
   </si>
   <si>
     <t>Liberec</t>
   </si>
   <si>
-    <t>mistrovské</t>
-[...4 lines deleted...]
-  <si>
     <t>MISTROVSTVÍ ČR MT</t>
   </si>
   <si>
-    <t>Třinec</t>
+    <t>29.6.-8.7.2026</t>
+  </si>
+  <si>
+    <t>Salerno (ITA)</t>
+  </si>
+  <si>
+    <t>2.7.-4.7.2026</t>
+  </si>
+  <si>
+    <t>Junior Team Cup</t>
+  </si>
+  <si>
+    <t>Berlín (GER)</t>
+  </si>
+  <si>
+    <t>3.10.-4.10.2026</t>
+  </si>
+  <si>
+    <t>GYMNASTICS EUROPEAN LEAGUE  &amp; GP JIRI MATUCHA 2026</t>
+  </si>
+  <si>
+    <t>19.2.-22.2.2026</t>
+  </si>
+  <si>
+    <t>Světový pohár - Turnier der Meister</t>
+  </si>
+  <si>
+    <t>Cottbus (GER)</t>
+  </si>
+  <si>
+    <t>5.3.-8.3.2026</t>
+  </si>
+  <si>
+    <t>Světový pohár - AGF Trophy</t>
+  </si>
+  <si>
+    <t>Baku (AZE)</t>
+  </si>
+  <si>
+    <t>12.3.-15.3.2026</t>
+  </si>
+  <si>
+    <t>Světový pohár - Antalya</t>
+  </si>
+  <si>
+    <t>Antalya (TUR)</t>
+  </si>
+  <si>
+    <t>3.4.-6.4.2026</t>
+  </si>
+  <si>
+    <t>Světový pohár - Káhira</t>
+  </si>
+  <si>
+    <t>Káhira (EGY)</t>
+  </si>
+  <si>
+    <t>9.4.-12.4.2026</t>
+  </si>
+  <si>
+    <t>Světový pohár - Osijek</t>
+  </si>
+  <si>
+    <t>Osijek (CRO)</t>
+  </si>
+  <si>
+    <t>15.4.-18.4.2026</t>
+  </si>
+  <si>
+    <t>Světový pohár Dauhá</t>
+  </si>
+  <si>
+    <t>Dauhá (QAT)</t>
   </si>
   <si>
     <t>7.5.-10.5.2026</t>
   </si>
   <si>
     <t>Světový pohár Varna</t>
   </si>
   <si>
     <t>Varna (BUL)</t>
   </si>
   <si>
-    <t>3.10.-4.10.2026</t>
-[...58 lines deleted...]
-  <si>
     <t>28.5.-31.5.2026</t>
   </si>
   <si>
     <t>Světový pohár Koper</t>
   </si>
   <si>
     <t>Koper (SLO)</t>
   </si>
   <si>
     <t>17.6.-20.6.2026</t>
   </si>
   <si>
     <t>Světový pohár Taškent</t>
   </si>
   <si>
     <t>Taškent (UZB)</t>
   </si>
   <si>
     <t>17.7.-18.7.2026</t>
   </si>
   <si>
     <t>SGM Mezistátní utkání juniorů AUT-CZE-GER-POL</t>
   </si>
   <si>
     <t>Linz / AUT</t>
@@ -534,596 +816,722 @@
   <si>
     <t>Světový pohár Paříž</t>
   </si>
   <si>
     <t>Paříž (FRA)</t>
   </si>
   <si>
     <t>17.10.-25.10.2026</t>
   </si>
   <si>
     <t>MISTROVSTVÍ SVĚTA</t>
   </si>
   <si>
     <t>Rotterdam (NED)</t>
   </si>
   <si>
     <t>31.10.-13.11.2026</t>
   </si>
   <si>
     <t>YOG - OLYMPIJSKÉ HRY MLÁDEŽE</t>
   </si>
   <si>
     <t>Dakar (SEN)</t>
   </si>
   <si>
+    <t>Věra Čáslavská - GP</t>
+  </si>
+  <si>
+    <t>Hala míčových sportů</t>
+  </si>
+  <si>
+    <t>23.9.-7.10.2027</t>
+  </si>
+  <si>
+    <t>MISTROVSTVÍ SVĚTA VE SPORTOVNÍ GYMNASTICE</t>
+  </si>
+  <si>
+    <t>Chengdu (CHN)</t>
+  </si>
+  <si>
+    <t>7.1.2026</t>
+  </si>
+  <si>
+    <t>PUTOVÁNÍ ZA VÁNOČNÍ KOMETOU</t>
+  </si>
+  <si>
+    <t>HALA-ČÁSLAVSKÁ</t>
+  </si>
+  <si>
+    <t>28.2.2026</t>
+  </si>
+  <si>
+    <t>Brněnské kolo 2026</t>
+  </si>
+  <si>
+    <t>Hala Morenda</t>
+  </si>
+  <si>
+    <t>Nominační závod LODM</t>
+  </si>
+  <si>
+    <t>Sokolovna, Kmochova 14</t>
+  </si>
+  <si>
+    <t>Memoriál bratra Františka Chmelaře XXXV. ročník</t>
+  </si>
+  <si>
+    <t>gymnastická hala ZŠ U Tenisu</t>
+  </si>
+  <si>
+    <t>26.3.-27.3.2026</t>
+  </si>
+  <si>
+    <t>O ZLATÉ VAJÍČKO</t>
+  </si>
+  <si>
+    <t>Orlovna Komárov</t>
+  </si>
+  <si>
+    <t>Moravská liga</t>
+  </si>
+  <si>
+    <t>OPAVSKÝ SILÁK</t>
+  </si>
+  <si>
+    <t>Liberecký pohár, Nominační závod LODM pro Liberecký a Královéhradecký kraj</t>
+  </si>
+  <si>
+    <t>22.6.-24.6.2026</t>
+  </si>
+  <si>
+    <t>LODM - Letní olympiáda dětí a mládeže</t>
+  </si>
+  <si>
+    <t>21.11.-22.11.2026</t>
+  </si>
+  <si>
+    <t>Memoriál Jana Gajdoše</t>
+  </si>
+  <si>
+    <t>25.1.2026</t>
+  </si>
+  <si>
+    <t>SGŽ  Školení rozhodčích III. třídy</t>
+  </si>
+  <si>
+    <t>30.1.-1.2.2026</t>
+  </si>
+  <si>
+    <t>SGŽ  Školení rozhodčích I. a  II. třídy, III. třídy</t>
+  </si>
+  <si>
+    <t>SGŽ Zkoušky III. třídy rozhodčích</t>
+  </si>
+  <si>
+    <t>Hlučín</t>
+  </si>
+  <si>
+    <t>13.2.-15.2.2026</t>
+  </si>
+  <si>
+    <t>5. tréninkový kemp - pro závodnice VS1A, VS2A, VS3A</t>
+  </si>
+  <si>
+    <t>Jojo Gym, Dobřichovice</t>
+  </si>
+  <si>
+    <t>17.1.2026</t>
+  </si>
+  <si>
+    <t>17.ročník Dobříšského čtyřboje dvojic</t>
+  </si>
+  <si>
+    <t>Pražská 711</t>
+  </si>
+  <si>
+    <t>24.1.2026</t>
+  </si>
+  <si>
+    <t>Memoriál Jana Palacha</t>
+  </si>
+  <si>
+    <t>Sokolovna Všetaty</t>
+  </si>
+  <si>
+    <t>Novoroční pohár</t>
+  </si>
+  <si>
+    <t>Frenštát pod Radhoštěm</t>
+  </si>
+  <si>
+    <t>15.2.2026</t>
+  </si>
+  <si>
+    <t>Memoriály SHP</t>
+  </si>
+  <si>
+    <t>Praha 9</t>
+  </si>
+  <si>
+    <t>21.2.2026</t>
+  </si>
+  <si>
+    <t>Zlatý Štít</t>
+  </si>
+  <si>
+    <t>Tělocvična GK Vítkovice</t>
+  </si>
+  <si>
+    <t>Vysokomýtský pohár</t>
+  </si>
+  <si>
+    <t>Sokolovna</t>
+  </si>
+  <si>
+    <t>Chebský pohár</t>
+  </si>
+  <si>
+    <t>tělocvična 1. ZŠ Cheb</t>
+  </si>
+  <si>
+    <t>13.3.2026</t>
+  </si>
+  <si>
+    <t>Porubský pohárek</t>
+  </si>
+  <si>
+    <t>Poděbradská cvička - ženy</t>
+  </si>
+  <si>
+    <t>Memoriál Evy Hýbalové</t>
+  </si>
+  <si>
+    <t>Sportovní hala Ostrožská Nová Ves</t>
+  </si>
+  <si>
+    <t>Pohár starostky města Frýdlantu nad Ostravicí</t>
+  </si>
+  <si>
+    <t>Sportovní hala Čeladná</t>
+  </si>
+  <si>
+    <t>Memoriál Heleny Kupkové</t>
+  </si>
+  <si>
+    <t>Tělocvična TJ Loko Pardubice</t>
+  </si>
+  <si>
+    <t>Pink Cup 2026</t>
+  </si>
+  <si>
+    <t>SH GK Vítkovice</t>
+  </si>
+  <si>
+    <t>Memoriál Miloše Bortla</t>
+  </si>
+  <si>
+    <t>Integrovaná střední škola</t>
+  </si>
+  <si>
+    <t>57. ročník Velké ceny města Hradec Králové</t>
+  </si>
+  <si>
+    <t>ZŠ Bezručova</t>
+  </si>
+  <si>
+    <t>Dvojboj</t>
+  </si>
+  <si>
+    <t>Gymnastický sál</t>
+  </si>
+  <si>
+    <t>Memoriál Evy Bosákové + závod pro nejmenší a vložený závod VS mini, VS0, VS1 a VS2</t>
+  </si>
+  <si>
+    <t>GYMPRA Cup - přeskok, kladina</t>
+  </si>
+  <si>
+    <t>GYMPRA - Hala Libeň</t>
+  </si>
+  <si>
+    <t>Brnkačka 2026</t>
+  </si>
+  <si>
+    <t>Kopřivnice</t>
+  </si>
+  <si>
+    <t>Pohár Krkonoš</t>
+  </si>
+  <si>
+    <t>Vrchlabí</t>
+  </si>
+  <si>
+    <t>Trhovosvinenský pohár 2026</t>
+  </si>
+  <si>
+    <t>Sportovní hala</t>
+  </si>
+  <si>
+    <t>GYMPRA Cup - bradla, akrobacie</t>
+  </si>
+  <si>
+    <t>GYMPRA - Hala Hostivař</t>
+  </si>
+  <si>
+    <t>Velikonoční závod</t>
+  </si>
+  <si>
+    <t>Queen cup</t>
+  </si>
+  <si>
+    <t>15.4.2026</t>
+  </si>
+  <si>
+    <t>Jarní dvojboj</t>
+  </si>
+  <si>
+    <t>VS na zkoušku LIBEREC</t>
+  </si>
+  <si>
+    <t>Přebor města Ostravy</t>
+  </si>
+  <si>
+    <t>Veselský pohár 2026</t>
+  </si>
+  <si>
+    <t>Veselí nad Lužnicí</t>
+  </si>
+  <si>
+    <t>Hledáme nové talenty, Memoriál Olgy Effenbergrové a Memoriál Blanky Nejtkové</t>
+  </si>
+  <si>
+    <t>Děčínská Kotvička 2026 III.ročník závodu</t>
+  </si>
+  <si>
+    <t>Gymnastická hala SKDM, Riegrova ul. 10, Děčín 2</t>
+  </si>
+  <si>
+    <t>Pohár pražských věží</t>
+  </si>
+  <si>
+    <t>Gymnastické haly SK Hradčany</t>
+  </si>
+  <si>
+    <t>O pohár Českých Budějovic</t>
+  </si>
+  <si>
+    <t>Gymcentrum</t>
+  </si>
+  <si>
+    <t>SGC Mini Cup</t>
+  </si>
+  <si>
+    <t>Ostrava-Zábřeh</t>
+  </si>
+  <si>
+    <t>19.9.2026</t>
+  </si>
+  <si>
+    <t>Říčanské hvězdičky</t>
+  </si>
+  <si>
+    <t>3.10.2026</t>
+  </si>
+  <si>
+    <t>Děčínská Kotva 2026 O Pohár Věry Čáslavské a Memoriál Jaroslava Rejnarta</t>
+  </si>
+  <si>
+    <t>10.10.2026</t>
+  </si>
+  <si>
+    <t>O Valašský Frgál</t>
+  </si>
+  <si>
+    <t>Memoriál Blanky a Verunky Horákových</t>
+  </si>
+  <si>
+    <t>Halloween Cup</t>
+  </si>
+  <si>
+    <t>Memoriál P. Kouby</t>
+  </si>
+  <si>
+    <t>7.11.2026</t>
+  </si>
+  <si>
+    <t>Memoriál Zuzany Hartlové</t>
+  </si>
+  <si>
+    <t>Pelhřimov</t>
+  </si>
+  <si>
+    <t>8.11.2026</t>
+  </si>
+  <si>
+    <t>Memoriál V. Medové</t>
+  </si>
+  <si>
+    <t>Praha - Žižkov</t>
+  </si>
+  <si>
+    <t>Klokánkova kapsa</t>
+  </si>
+  <si>
+    <t>Praha - Bohemians</t>
+  </si>
+  <si>
+    <t>13.12.2026</t>
+  </si>
+  <si>
+    <t>Váza Horních Počernic</t>
+  </si>
+  <si>
+    <t>TJ Sokol Horní Počernice</t>
+  </si>
+  <si>
+    <t>3.5.2026</t>
+  </si>
+  <si>
+    <t>Oblastní Přebor Prahy jednotlivkyň</t>
+  </si>
+  <si>
+    <t>Horní Počernice</t>
+  </si>
+  <si>
+    <t>Přebor Moravskoslezského kraje nepostupových kategorií VS0 mini, VS0A, VS0B, VS1B</t>
+  </si>
+  <si>
+    <t>Přebor Jihomoravského kraje</t>
+  </si>
+  <si>
+    <t>Krajský přebor Libereckého kraje</t>
+  </si>
+  <si>
+    <t>Přebor Středočeského kraje jednotlivkyň</t>
+  </si>
+  <si>
+    <t>Přebor Olomouckého kraje</t>
+  </si>
+  <si>
+    <t>Přebor Moravskoslezského kraje</t>
+  </si>
+  <si>
+    <t>Gymnastický klub Vítkovice, z.s.</t>
+  </si>
+  <si>
+    <t>Krajský přebor Ústeckého kraje-jednotlivkyně VS</t>
+  </si>
+  <si>
+    <t>Litvínov</t>
+  </si>
+  <si>
+    <t>31.5.2026</t>
+  </si>
+  <si>
+    <t>Přebor hl.m. Prahy jednotlivkyň</t>
+  </si>
+  <si>
+    <t>SGŽ Přebor Jihočeského kraje a Vysočiny - jednotlivkyně (VS)</t>
+  </si>
+  <si>
+    <t>SGŽ Oblastní přebor ČOS Čechy</t>
+  </si>
+  <si>
+    <t>1.11.2026</t>
+  </si>
+  <si>
+    <t>SGŽ Oblastní Přebor Prahy jednotlivkyň a Přebor Prahy družstev III. LIGA</t>
+  </si>
+  <si>
+    <t>SGŽ Finále Přeboru ČOS</t>
+  </si>
+  <si>
+    <t>21.11.2026</t>
+  </si>
+  <si>
+    <t>SGŽ Přebor Jihočeského kraje a Vysočiny - soutěž družstev</t>
+  </si>
+  <si>
+    <t>Sportovní hala Trhové Sviny</t>
+  </si>
+  <si>
+    <t>1.5.-2.5.2026</t>
+  </si>
+  <si>
+    <t>Memoriál Marie Široké - kvalifikační závod na MČR</t>
+  </si>
+  <si>
+    <t>Memoriál Věry Růžičkové-kvalifikační závod na MČR</t>
+  </si>
+  <si>
+    <t>TJ Sokol Brno I</t>
+  </si>
+  <si>
+    <t>Memoriál Miroslava Kojdeckého - kvalifikační závod na MČR</t>
+  </si>
+  <si>
+    <t>19.6.-21.6.2026</t>
+  </si>
+  <si>
+    <t>SGŽ Mistrovství ČR jednotlivkyň (VS)</t>
+  </si>
+  <si>
+    <t>23.10.-25.10.2026</t>
+  </si>
+  <si>
+    <t>Mistrovství ČR jednotlivkyň C</t>
+  </si>
+  <si>
+    <t>Louny</t>
+  </si>
+  <si>
+    <t>29.6.-9.7.2026</t>
+  </si>
+  <si>
+    <t>Tirrenia (ITA)</t>
+  </si>
+  <si>
+    <t>13.8.-16.8.2026</t>
+  </si>
+  <si>
     <t>27.11.-29.11.2026</t>
   </si>
   <si>
     <t>Věra Čáslavská - OHC</t>
   </si>
   <si>
-    <t>Hala míčových sportů</t>
-[...361 lines deleted...]
-  <si>
     <t>Soustředění  LODM 2026</t>
   </si>
   <si>
     <t>Memoriál Vojtěcha Bražiny</t>
   </si>
   <si>
+    <t>Soustředění LODM 2026</t>
+  </si>
+  <si>
     <t>1. kvalifikační závod LODM - KH kraj</t>
   </si>
   <si>
     <t>Pardubice</t>
   </si>
   <si>
     <t>1. Kvalifikační závod LODM Pardubický kraj</t>
   </si>
   <si>
     <t>Sokolovna Pardubice</t>
   </si>
   <si>
     <t>Pardubický pohár</t>
   </si>
   <si>
+    <t>Veselský dvojboj</t>
+  </si>
+  <si>
     <t>2. kvalifikační závod LODM-KH kraj</t>
   </si>
   <si>
     <t>Hradec Králové</t>
   </si>
   <si>
-    <t>Brnkačka 2026</t>
-[...2 lines deleted...]
-    <t>Memoriál Jiřího Junka</t>
+    <t>Kvalifikační závod LODM - Plzeňský kraj</t>
+  </si>
+  <si>
+    <t>2.kvalifikační závod LODM Pardubický kraj</t>
+  </si>
+  <si>
+    <t>3.kvalifikační závod LODM - KH kraj</t>
+  </si>
+  <si>
+    <t>3.kvalifikační závod LODM - Pardubickýkraj</t>
   </si>
   <si>
     <t>Chropyňské kotól</t>
   </si>
   <si>
-    <t>Veselský pohár 2026</t>
-[...2 lines deleted...]
-    <t>Veselí nad Lužnicí</t>
+    <t>Malá cena Brna 2026</t>
+  </si>
+  <si>
+    <t>KSG Moravská Slavia Brno - sportovní hala</t>
   </si>
   <si>
     <t>Memoriál K. Parmy</t>
   </si>
   <si>
     <t>TJ Slovan J. Hradec</t>
   </si>
   <si>
+    <t>Májový čtyřboj MP</t>
+  </si>
+  <si>
+    <t>Karviná</t>
+  </si>
+  <si>
     <t>Karvinský dvojboj</t>
   </si>
   <si>
-    <t>3.10.2026</t>
+    <t>13.6.2026</t>
+  </si>
+  <si>
+    <t>Mimi pohár 2026</t>
   </si>
   <si>
     <t>Podzimní mini cup 2026</t>
   </si>
   <si>
     <t>14.11.2026</t>
   </si>
   <si>
     <t>Jindřichohradecká liga</t>
   </si>
   <si>
     <t>9.1.-11.1.2026</t>
   </si>
   <si>
     <t>Školení rozhodčích TeamGym - 1. část</t>
   </si>
   <si>
     <t>24.1.-25.1.2026</t>
   </si>
   <si>
     <t>Školení rozhodčích TeamGym - 2. část</t>
   </si>
   <si>
     <t>21.2.-22.2.2026</t>
   </si>
   <si>
     <t>Judges courses - online (1/2)</t>
   </si>
   <si>
     <t>Online</t>
   </si>
   <si>
     <t>20.3.-22.3.2026</t>
   </si>
   <si>
     <t>Judges courses - in-person (2/2)</t>
   </si>
   <si>
     <t>Berlin (GER)</t>
   </si>
   <si>
+    <t>2.4.2026</t>
+  </si>
+  <si>
+    <t>Create flow from Start to Finish in your TeamGym Floor routine (webinar)</t>
+  </si>
+  <si>
+    <t>Webinar</t>
+  </si>
+  <si>
     <t>31.1.2026</t>
   </si>
   <si>
     <t>Jojo Cup 2026</t>
   </si>
   <si>
     <t>Jojo Gym Dobřichovice</t>
   </si>
   <si>
     <t>TG Baby cup Třebíč</t>
   </si>
   <si>
     <t>Třebíč</t>
   </si>
   <si>
     <t>TG Pohár města Ostravy!!! (ČP)</t>
   </si>
   <si>
     <t>Pohár města Kadaně v Teamgymu</t>
   </si>
   <si>
     <t>Sportovní hala Kadaň</t>
   </si>
   <si>
     <t>Brněnský pohár (ČP)</t>
   </si>
   <si>
-    <t>13.6.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>9.ročník Dobříšského poháru v TG</t>
   </si>
   <si>
     <t>Sportovní Hala</t>
   </si>
   <si>
-    <t>20.6.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>O pohár Prahy 6 s úsměvem</t>
   </si>
   <si>
     <t>Tělocvičny ZŠ Červený vrch</t>
   </si>
   <si>
     <t>Teamgym Cup Říčany</t>
   </si>
   <si>
     <t>Centrum na Fialce Říčany</t>
   </si>
   <si>
     <t>Pohár města Příbrami (ČP)</t>
   </si>
   <si>
+    <t>Á hop - TeamGymový dvojboj a trampolína</t>
+  </si>
+  <si>
     <t>MISTROVSTVÍ ČR TEAMGYM (ČP)</t>
   </si>
   <si>
     <t>Data Hala Zlín</t>
   </si>
   <si>
     <t>21.3.-22.3.2026</t>
   </si>
   <si>
     <t>TG International Cup of Clubs (CZE)</t>
   </si>
   <si>
     <t>Plzeň</t>
   </si>
   <si>
     <t>TG International Cup of Clubs (EST)</t>
   </si>
   <si>
     <t>Tallinn (EST)</t>
   </si>
   <si>
     <t>25.4.-26.4.2026</t>
   </si>
   <si>
     <t>TG Bayern Open (GER)</t>
   </si>
   <si>
     <t>Rothenburg, Germany</t>
   </si>
   <si>
+    <t>TG International Competition (AUT)</t>
+  </si>
+  <si>
+    <t>Dornbirn</t>
+  </si>
+  <si>
     <t>TG International Cup of Clubs (ITA)</t>
   </si>
   <si>
     <t>Cesenatico (ITA)</t>
   </si>
   <si>
     <t>17.1.-18.1.2026</t>
   </si>
   <si>
     <t>TG Reprezentační sraz č.6 - příprava na ME 2026</t>
   </si>
   <si>
     <t>TJ Bohemians Praha</t>
   </si>
   <si>
     <t>28.2.-1.3.2026</t>
   </si>
   <si>
     <t>TG Reprezentační sraz č.7 - příprava na ME 2026</t>
   </si>
   <si>
     <t>TG Reprezentační sraz č.8 - příprava na ME 2026</t>
   </si>
   <si>
     <t>TG Reprezentační sraz č.9 - příprava na ME 2026</t>
@@ -1155,77 +1563,74 @@
   <si>
     <t>10.10.-11.10.2026</t>
   </si>
   <si>
     <t>14.10.-17.10.2026</t>
   </si>
   <si>
     <t>MISTROVSTVÍ EVROPY TEAMGYM</t>
   </si>
   <si>
     <t>Espoo (FIN)</t>
   </si>
   <si>
     <t>14.2.-15.2.2026</t>
   </si>
   <si>
     <t>TG Výcvikový tábor č.1 – nižší výkonnostní úroveň</t>
   </si>
   <si>
     <t>3. ročník Napoleon Cup TeamGym 2026</t>
   </si>
   <si>
     <t>Slavkov u Brna</t>
   </si>
   <si>
-    <t>TG Výcvikový tábor č.2 – základní výkonnostní úroveň</t>
+    <t>TG Výcvikový tábor č.2 – základní výkonnostní úroveň (Mini)</t>
   </si>
   <si>
     <t>Vyšehradský pohár</t>
   </si>
   <si>
     <t>T.J. Sokol Vyšehrad</t>
   </si>
   <si>
     <t>10.1.-11.1.2026</t>
   </si>
   <si>
     <t>TRA Školení trenérů skoků na trampolíně 3. třídy - 1. část</t>
   </si>
   <si>
     <t>Praha - Sokol Podolí</t>
   </si>
   <si>
     <t>TRA Školení trenérů skoků na trampolíně 3. třídy - 2. část</t>
   </si>
   <si>
     <t>Praha - Kampa</t>
   </si>
   <si>
-    <t>18.4.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>TRA 1. Český pohár</t>
   </si>
   <si>
     <t>TRA 2. Český pohár</t>
   </si>
   <si>
     <t>Odolena Voda</t>
   </si>
   <si>
     <t>19.9.-20.9.2026</t>
   </si>
   <si>
     <t>TRA 3. Český pohár</t>
   </si>
   <si>
     <t>Rožnov pod Radhoštěm</t>
   </si>
   <si>
     <t>24.10.2026</t>
   </si>
   <si>
     <t>TRA 4. Český pohár</t>
   </si>
   <si>
     <t>TRA Přebor Moravy - kvalifikace ODM</t>
@@ -1236,51 +1641,51 @@
   <si>
     <t>TRA Mistrovství ČR</t>
   </si>
   <si>
     <t>TRA Mistrovství ČR DMT</t>
   </si>
   <si>
     <t>25.10.2026</t>
   </si>
   <si>
     <t>TRA Mistrovství ČR družstev</t>
   </si>
   <si>
     <t>TRA Mistrovství ČR žactva</t>
   </si>
   <si>
     <t>TRA Dutch Trampoline Open</t>
   </si>
   <si>
     <t>Alkmaar, NED</t>
   </si>
   <si>
     <t>1.5.-3.5.2026</t>
   </si>
   <si>
-    <t>TRA 11. Cacais Beach Cup</t>
+    <t>TRA 11. Cascais Beach Cup</t>
   </si>
   <si>
     <t>Carcavelos POR</t>
   </si>
   <si>
     <t>15.5.-17.5.2026</t>
   </si>
   <si>
     <t>TRA 40. Frivolten Cup</t>
   </si>
   <si>
     <t>Herrljunga SWE</t>
   </si>
   <si>
     <t>TRA Beskidy Cup</t>
   </si>
   <si>
     <t>Wilkowice, POL</t>
   </si>
   <si>
     <t>24.6.-28.6.2026</t>
   </si>
   <si>
     <t>TRA 53. Nissen Cup</t>
   </si>
@@ -1338,51 +1743,51 @@
   <si>
     <t>TRA Závod Světového poháru NED</t>
   </si>
   <si>
     <t>4.4.-5.4.2026</t>
   </si>
   <si>
     <t>TRA Výcvikový tábor repre přípravný</t>
   </si>
   <si>
     <t>6.4.-13.4.2026</t>
   </si>
   <si>
     <t>TRA Mistrovství Evropy</t>
   </si>
   <si>
     <t>Portimao, POR</t>
   </si>
   <si>
     <t>TRA Závod Světového poháru SUI</t>
   </si>
   <si>
     <t>TRA Závod Světového poháru POR</t>
   </si>
   <si>
-    <t>25.7.-1.8.2026</t>
+    <t>26.7.-1.8.2026</t>
   </si>
   <si>
     <t>TRA Tréninkový kemp European Gymnastics</t>
   </si>
   <si>
     <t>Sangalhos, Anadia, POR</t>
   </si>
   <si>
     <t>28.8.-30.8.2026</t>
   </si>
   <si>
     <t>TRA Výcvikový tábor repre - národní soustředění</t>
   </si>
   <si>
     <t>30.9.-5.10.2026</t>
   </si>
   <si>
     <t>TRA Závod Světového poháru ITA</t>
   </si>
   <si>
     <t>Riccione, ITA</t>
   </si>
   <si>
     <t>8.10.-10.10.2026</t>
   </si>
@@ -1413,102 +1818,96 @@
   <si>
     <t>8.11.-16.11.2026</t>
   </si>
   <si>
     <t>TRA Mistrovství světa juniorů a Světové hry mládeže WAGC</t>
   </si>
   <si>
     <t>10.1.2026</t>
   </si>
   <si>
     <t>TRA Valná hromada TRA</t>
   </si>
   <si>
     <t>TRA Testování talentované mládeže Čechy</t>
   </si>
   <si>
     <t>TRA Testování talentované mládeže Morava</t>
   </si>
   <si>
     <t>TRA Kvalifikační soutěž ODM</t>
   </si>
   <si>
     <t>TRA Podještědský Double (DMT)</t>
   </si>
   <si>
-    <t>1.3.2026</t>
+    <t>Liberecký double</t>
   </si>
   <si>
     <t>TRA Závod DMT</t>
   </si>
   <si>
     <t>TRA 8. Trampolínový ples</t>
   </si>
   <si>
     <t>TRA Závod O libereckého skokana - kvalifikace ODM</t>
   </si>
   <si>
     <t>TRA Triangle Trampoline Open</t>
   </si>
   <si>
     <t>TRA 5. Pražský kolibřík - kvalifikace ODM</t>
   </si>
   <si>
-    <t>19.4.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>TRA Kvalifikační závod ODM</t>
   </si>
   <si>
     <t>TRA Český závod věkových skupin</t>
   </si>
   <si>
     <t>Litoměřice</t>
   </si>
   <si>
     <t>TRA Litoměřický kalich - kvalifikace ODM</t>
   </si>
   <si>
     <t>17.5.2026</t>
   </si>
   <si>
     <t>TRA Vodolský Klokan - kvalifikace ODM</t>
   </si>
   <si>
     <t>7.6.2026</t>
   </si>
   <si>
     <t>TRA Zlatý Radegast - Memoriál Jindřicha Kozubka</t>
   </si>
   <si>
     <t>TRA Podzvičinský skokánek</t>
   </si>
   <si>
     <t>Dvůr Králové nad Labem</t>
-  </si>
-[...1 lines deleted...]
-    <t>21.11.2026</t>
   </si>
   <si>
     <t>TRA Čakovická blecha</t>
   </si>
   <si>
     <t>Praha - Čakovice</t>
   </si>
   <si>
     <t>9.1.2027</t>
   </si>
   <si>
     <t>16.1.-18.1.2026</t>
   </si>
   <si>
     <t>Kemp VG</t>
   </si>
   <si>
     <t>11.7.2026</t>
   </si>
   <si>
     <t>European Gym for Life Challenge</t>
   </si>
   <si>
     <t>Pistoia (ITA)</t>
   </si>
@@ -1900,51 +2299,51 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z16"/>
+  <dimension ref="A1:Z25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="20" customWidth="true" style="0"/>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1971,3789 +2370,4801 @@
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B10" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B11" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D11" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
+        <v>38</v>
+      </c>
+      <c r="C12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B13" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B15" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D15" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D16" t="s">
-        <v>21</v>
+        <v>44</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26">
+      <c r="A17" t="s">
+        <v>51</v>
+      </c>
+      <c r="B17" t="s">
+        <v>52</v>
+      </c>
+      <c r="C17" t="s">
+        <v>53</v>
+      </c>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26">
+      <c r="A18" t="s">
+        <v>54</v>
+      </c>
+      <c r="B18" t="s">
+        <v>55</v>
+      </c>
+      <c r="C18" t="s">
+        <v>56</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26">
+      <c r="A19" t="s">
+        <v>57</v>
+      </c>
+      <c r="B19" t="s">
+        <v>58</v>
+      </c>
+      <c r="C19" t="s">
+        <v>59</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>60</v>
+      </c>
+      <c r="C20" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26">
+      <c r="A21" t="s">
+        <v>61</v>
+      </c>
+      <c r="B21" t="s">
+        <v>62</v>
+      </c>
+      <c r="C21" t="s">
+        <v>63</v>
+      </c>
+      <c r="D21" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26">
+      <c r="A22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B22" t="s">
+        <v>65</v>
+      </c>
+      <c r="C22" t="s">
+        <v>66</v>
+      </c>
+      <c r="D22" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26">
+      <c r="A23" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" t="s">
+        <v>68</v>
+      </c>
+      <c r="C23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D23" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26">
+      <c r="A24" t="s">
+        <v>70</v>
+      </c>
+      <c r="B24" t="s">
+        <v>71</v>
+      </c>
+      <c r="C24" t="s">
+        <v>72</v>
+      </c>
+      <c r="D24" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26">
+      <c r="A25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B25" t="s">
+        <v>74</v>
+      </c>
+      <c r="C25" t="s">
+        <v>75</v>
+      </c>
+      <c r="D25" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z4"/>
+  <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="20" customWidth="true" style="0"/>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
-        <v>46</v>
+        <v>76</v>
       </c>
       <c r="B2" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="C2" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="D2" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
-        <v>49</v>
+        <v>80</v>
       </c>
       <c r="B3" t="s">
-        <v>50</v>
+        <v>81</v>
       </c>
       <c r="C3" t="s">
-        <v>48</v>
+        <v>82</v>
       </c>
       <c r="D3" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
-        <v>51</v>
+        <v>83</v>
       </c>
       <c r="B4" t="s">
-        <v>52</v>
+        <v>84</v>
       </c>
       <c r="C4" t="s">
-        <v>53</v>
+        <v>85</v>
       </c>
       <c r="D4" t="s">
-        <v>21</v>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26">
+      <c r="A5" t="s">
+        <v>86</v>
+      </c>
+      <c r="B5" t="s">
+        <v>87</v>
+      </c>
+      <c r="C5" t="s">
+        <v>88</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26">
+      <c r="A6" t="s">
+        <v>89</v>
+      </c>
+      <c r="B6" t="s">
+        <v>90</v>
+      </c>
+      <c r="C6" t="s">
+        <v>88</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26">
+      <c r="A7" t="s">
+        <v>91</v>
+      </c>
+      <c r="B7" t="s">
+        <v>92</v>
+      </c>
+      <c r="C7" t="s">
+        <v>82</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26">
+      <c r="A8" t="s">
+        <v>93</v>
+      </c>
+      <c r="B8" t="s">
+        <v>94</v>
+      </c>
+      <c r="C8" t="s">
+        <v>95</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z4"/>
+  <dimension ref="A1:Z20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="20" customWidth="true" style="0"/>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="B2" t="s">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="C2" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
       <c r="D2" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
-        <v>57</v>
+        <v>25</v>
       </c>
       <c r="B3" t="s">
-        <v>58</v>
+        <v>99</v>
       </c>
       <c r="C3" t="s">
-        <v>59</v>
+        <v>98</v>
       </c>
       <c r="D3" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="B4" t="s">
-        <v>61</v>
+        <v>101</v>
       </c>
       <c r="C4" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="D4" t="s">
-        <v>21</v>
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26">
+      <c r="A5" t="s">
+        <v>103</v>
+      </c>
+      <c r="B5" t="s">
+        <v>104</v>
+      </c>
+      <c r="C5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D5" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26">
+      <c r="A6" t="s">
+        <v>103</v>
+      </c>
+      <c r="B6" t="s">
+        <v>105</v>
+      </c>
+      <c r="C6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D6" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26">
+      <c r="A7" t="s">
+        <v>106</v>
+      </c>
+      <c r="B7" t="s">
+        <v>107</v>
+      </c>
+      <c r="C7" t="s">
+        <v>102</v>
+      </c>
+      <c r="D7" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26">
+      <c r="A8" t="s">
+        <v>106</v>
+      </c>
+      <c r="B8" t="s">
+        <v>108</v>
+      </c>
+      <c r="C8" t="s">
+        <v>102</v>
+      </c>
+      <c r="D8" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26">
+      <c r="A9" t="s">
+        <v>109</v>
+      </c>
+      <c r="B9" t="s">
+        <v>110</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26">
+      <c r="A10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10" t="s">
+        <v>111</v>
+      </c>
+      <c r="C10" t="s">
+        <v>112</v>
+      </c>
+      <c r="D10" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26">
+      <c r="A11" t="s">
+        <v>113</v>
+      </c>
+      <c r="B11" t="s">
+        <v>114</v>
+      </c>
+      <c r="C11" t="s">
+        <v>115</v>
+      </c>
+      <c r="D11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26">
+      <c r="A12" t="s">
+        <v>116</v>
+      </c>
+      <c r="B12" t="s">
+        <v>117</v>
+      </c>
+      <c r="C12" t="s">
+        <v>118</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26">
+      <c r="A13" t="s">
+        <v>119</v>
+      </c>
+      <c r="B13" t="s">
+        <v>120</v>
+      </c>
+      <c r="C13" t="s">
+        <v>121</v>
+      </c>
+      <c r="D13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26">
+      <c r="A14" t="s">
+        <v>122</v>
+      </c>
+      <c r="B14" t="s">
+        <v>123</v>
+      </c>
+      <c r="C14" t="s">
+        <v>124</v>
+      </c>
+      <c r="D14" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26">
+      <c r="A15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" t="s">
+        <v>126</v>
+      </c>
+      <c r="C15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>130</v>
+      </c>
+      <c r="D16" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>121</v>
+      </c>
+      <c r="D17" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>135</v>
+      </c>
+      <c r="D18" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26">
+      <c r="A19" t="s">
+        <v>136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26">
+      <c r="A20" t="s">
+        <v>139</v>
+      </c>
+      <c r="B20" t="s">
+        <v>140</v>
+      </c>
+      <c r="C20" t="s">
+        <v>141</v>
+      </c>
+      <c r="D20" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z50"/>
+  <dimension ref="A1:Z60"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="20" customWidth="true" style="0"/>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
-        <v>63</v>
+        <v>142</v>
       </c>
       <c r="B2" t="s">
-        <v>64</v>
+        <v>143</v>
       </c>
       <c r="C2" t="s">
-        <v>65</v>
+        <v>144</v>
       </c>
       <c r="D2" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
-        <v>67</v>
+        <v>145</v>
       </c>
       <c r="B3" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C3" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="D3" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
-        <v>69</v>
+        <v>147</v>
       </c>
       <c r="B4" t="s">
-        <v>70</v>
+        <v>148</v>
       </c>
       <c r="C4" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="D4" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
-        <v>72</v>
+        <v>150</v>
       </c>
       <c r="B5" t="s">
-        <v>73</v>
+        <v>151</v>
       </c>
       <c r="C5" t="s">
-        <v>74</v>
+        <v>152</v>
       </c>
       <c r="D5" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
-        <v>75</v>
+        <v>136</v>
       </c>
       <c r="B6" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="C6"/>
+        <v>153</v>
+      </c>
+      <c r="C6" t="s">
+        <v>154</v>
+      </c>
       <c r="D6" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
-        <v>77</v>
+        <v>155</v>
       </c>
       <c r="B7" t="s">
-        <v>78</v>
+        <v>156</v>
       </c>
       <c r="C7" t="s">
-        <v>79</v>
+        <v>157</v>
       </c>
       <c r="D7" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
-        <v>80</v>
+        <v>158</v>
       </c>
       <c r="B8" t="s">
-        <v>81</v>
+        <v>159</v>
       </c>
       <c r="C8" t="s">
-        <v>82</v>
+        <v>160</v>
       </c>
       <c r="D8" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
-        <v>83</v>
+        <v>161</v>
       </c>
       <c r="B9" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="C9"/>
       <c r="D9" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
-        <v>86</v>
+        <v>163</v>
       </c>
       <c r="B10" t="s">
-        <v>87</v>
+        <v>164</v>
       </c>
       <c r="C10" t="s">
-        <v>79</v>
+        <v>165</v>
       </c>
       <c r="D10" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
-        <v>88</v>
+        <v>166</v>
       </c>
       <c r="B11" t="s">
-        <v>89</v>
+        <v>167</v>
       </c>
       <c r="C11" t="s">
-        <v>90</v>
+        <v>168</v>
       </c>
       <c r="D11" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
-        <v>91</v>
+        <v>169</v>
       </c>
       <c r="B12" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="C12"/>
+        <v>170</v>
+      </c>
+      <c r="C12" t="s">
+        <v>171</v>
+      </c>
       <c r="D12" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
-        <v>93</v>
+        <v>172</v>
       </c>
       <c r="B13" t="s">
-        <v>94</v>
+        <v>173</v>
       </c>
       <c r="C13" t="s">
-        <v>95</v>
+        <v>174</v>
       </c>
       <c r="D13" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
-        <v>96</v>
+        <v>175</v>
       </c>
       <c r="B14" t="s">
-        <v>97</v>
+        <v>176</v>
       </c>
       <c r="C14" t="s">
-        <v>90</v>
+        <v>165</v>
       </c>
       <c r="D14" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
-        <v>80</v>
+        <v>177</v>
       </c>
       <c r="B15" t="s">
-        <v>99</v>
+        <v>178</v>
       </c>
       <c r="C15" t="s">
-        <v>90</v>
+        <v>179</v>
       </c>
       <c r="D15" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
-        <v>80</v>
+        <v>180</v>
       </c>
       <c r="B16" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="C16"/>
       <c r="D16" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>182</v>
       </c>
       <c r="B17" t="s">
-        <v>102</v>
+        <v>183</v>
       </c>
       <c r="C17" t="s">
-        <v>101</v>
+        <v>184</v>
       </c>
       <c r="D17" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
-        <v>103</v>
+        <v>185</v>
       </c>
       <c r="B18" t="s">
-        <v>104</v>
+        <v>186</v>
       </c>
       <c r="C18" t="s">
-        <v>105</v>
+        <v>179</v>
       </c>
       <c r="D18" t="s">
-        <v>98</v>
+        <v>187</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
-        <v>54</v>
+        <v>166</v>
       </c>
       <c r="B19" t="s">
-        <v>106</v>
+        <v>188</v>
       </c>
       <c r="C19" t="s">
-        <v>107</v>
+        <v>179</v>
       </c>
       <c r="D19" t="s">
-        <v>98</v>
+        <v>187</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
-        <v>54</v>
+        <v>166</v>
       </c>
       <c r="B20" t="s">
-        <v>108</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="D20" t="s">
-        <v>98</v>
+        <v>187</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
-        <v>110</v>
+        <v>61</v>
       </c>
       <c r="B21" t="s">
-        <v>111</v>
+        <v>190</v>
       </c>
       <c r="C21" t="s">
-        <v>79</v>
+        <v>102</v>
       </c>
       <c r="D21" t="s">
-        <v>98</v>
+        <v>187</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
-        <v>112</v>
+        <v>191</v>
       </c>
       <c r="B22" t="s">
-        <v>113</v>
+        <v>192</v>
       </c>
       <c r="C22" t="s">
-        <v>35</v>
+        <v>193</v>
       </c>
       <c r="D22" t="s">
-        <v>98</v>
+        <v>187</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="B23" t="s">
-        <v>115</v>
+        <v>194</v>
       </c>
       <c r="C23" t="s">
-        <v>116</v>
+        <v>195</v>
       </c>
       <c r="D23" t="s">
-        <v>117</v>
+        <v>187</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
-        <v>118</v>
+        <v>196</v>
       </c>
       <c r="B24" t="s">
-        <v>119</v>
+        <v>197</v>
       </c>
       <c r="C24" t="s">
-        <v>120</v>
+        <v>149</v>
       </c>
       <c r="D24" t="s">
-        <v>117</v>
+        <v>187</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="B25" t="s">
-        <v>122</v>
+        <v>198</v>
       </c>
       <c r="C25" t="s">
-        <v>123</v>
+        <v>199</v>
       </c>
       <c r="D25" t="s">
-        <v>7</v>
+        <v>187</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
-        <v>124</v>
+        <v>109</v>
       </c>
       <c r="B26" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="C26"/>
+        <v>200</v>
+      </c>
+      <c r="C26" t="s">
+        <v>201</v>
+      </c>
       <c r="D26" t="s">
-        <v>7</v>
+        <v>187</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
-        <v>126</v>
+        <v>202</v>
       </c>
       <c r="B27" t="s">
-        <v>127</v>
+        <v>203</v>
       </c>
       <c r="C27" t="s">
-        <v>128</v>
+        <v>165</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
-        <v>129</v>
+        <v>204</v>
       </c>
       <c r="B28" t="s">
-        <v>130</v>
+        <v>205</v>
       </c>
       <c r="C28" t="s">
-        <v>131</v>
+        <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
-        <v>132</v>
+        <v>206</v>
       </c>
       <c r="B29" t="s">
-        <v>133</v>
+        <v>207</v>
       </c>
       <c r="C29" t="s">
-        <v>134</v>
+        <v>208</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B30" t="s">
-        <v>136</v>
+        <v>209</v>
       </c>
       <c r="C30" t="s">
-        <v>137</v>
+        <v>195</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
-        <v>138</v>
+        <v>210</v>
       </c>
       <c r="B31" t="s">
-        <v>139</v>
+        <v>29</v>
       </c>
       <c r="C31" t="s">
-        <v>140</v>
+        <v>211</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" t="s">
-        <v>141</v>
+        <v>212</v>
       </c>
       <c r="B32" t="s">
-        <v>142</v>
+        <v>213</v>
       </c>
       <c r="C32" t="s">
-        <v>143</v>
+        <v>214</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" t="s">
-        <v>144</v>
+        <v>215</v>
       </c>
       <c r="B33" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="C33"/>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
-        <v>147</v>
+        <v>217</v>
       </c>
       <c r="B34" t="s">
-        <v>148</v>
+        <v>218</v>
       </c>
       <c r="C34" t="s">
-        <v>149</v>
+        <v>219</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
-        <v>150</v>
+        <v>220</v>
       </c>
       <c r="B35" t="s">
-        <v>151</v>
+        <v>221</v>
       </c>
       <c r="C35" t="s">
-        <v>152</v>
+        <v>222</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
-        <v>153</v>
+        <v>223</v>
       </c>
       <c r="B36" t="s">
-        <v>154</v>
+        <v>224</v>
       </c>
       <c r="C36" t="s">
-        <v>155</v>
+        <v>225</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
-        <v>156</v>
+        <v>226</v>
       </c>
       <c r="B37" t="s">
-        <v>157</v>
+        <v>227</v>
       </c>
       <c r="C37" t="s">
-        <v>158</v>
+        <v>228</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
-        <v>159</v>
+        <v>229</v>
       </c>
       <c r="B38" t="s">
-        <v>160</v>
+        <v>230</v>
       </c>
       <c r="C38" t="s">
-        <v>161</v>
+        <v>231</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
-        <v>162</v>
+        <v>232</v>
       </c>
       <c r="B39" t="s">
-        <v>163</v>
+        <v>233</v>
       </c>
       <c r="C39" t="s">
-        <v>164</v>
+        <v>234</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
-        <v>165</v>
+        <v>235</v>
       </c>
       <c r="B40" t="s">
-        <v>166</v>
+        <v>236</v>
       </c>
       <c r="C40" t="s">
-        <v>167</v>
+        <v>237</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="B41" t="s">
-        <v>169</v>
+        <v>239</v>
       </c>
       <c r="C41" t="s">
-        <v>170</v>
+        <v>240</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
-        <v>51</v>
+        <v>241</v>
       </c>
       <c r="B42" t="s">
-        <v>171</v>
+        <v>242</v>
       </c>
       <c r="C42" t="s">
-        <v>170</v>
+        <v>243</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
-        <v>172</v>
+        <v>244</v>
       </c>
       <c r="B43" t="s">
-        <v>173</v>
+        <v>245</v>
       </c>
       <c r="C43" t="s">
-        <v>174</v>
+        <v>246</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
-        <v>175</v>
+        <v>247</v>
       </c>
       <c r="B44" t="s">
-        <v>176</v>
+        <v>248</v>
       </c>
       <c r="C44" t="s">
-        <v>177</v>
+        <v>249</v>
       </c>
       <c r="D44" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
-        <v>178</v>
+        <v>250</v>
       </c>
       <c r="B45" t="s">
-        <v>179</v>
+        <v>251</v>
       </c>
       <c r="C45" t="s">
-        <v>180</v>
+        <v>252</v>
       </c>
       <c r="D45" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" t="s">
-        <v>181</v>
+        <v>253</v>
       </c>
       <c r="B46" t="s">
-        <v>182</v>
+        <v>254</v>
       </c>
       <c r="C46" t="s">
-        <v>183</v>
+        <v>255</v>
       </c>
       <c r="D46" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
-        <v>184</v>
+        <v>256</v>
       </c>
       <c r="B47" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="C47"/>
+        <v>257</v>
+      </c>
+      <c r="C47" t="s">
+        <v>258</v>
+      </c>
       <c r="D47" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s">
-        <v>80</v>
+        <v>259</v>
       </c>
       <c r="B48" t="s">
-        <v>186</v>
+        <v>260</v>
       </c>
       <c r="C48" t="s">
-        <v>107</v>
+        <v>261</v>
       </c>
       <c r="D48" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s">
-        <v>187</v>
+        <v>93</v>
       </c>
       <c r="B49" t="s">
-        <v>188</v>
+        <v>262</v>
       </c>
       <c r="C49" t="s">
-        <v>35</v>
+        <v>263</v>
       </c>
       <c r="D49" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s">
-        <v>189</v>
+        <v>264</v>
       </c>
       <c r="B50" t="s">
-        <v>190</v>
+        <v>265</v>
       </c>
       <c r="C50" t="s">
-        <v>101</v>
+        <v>266</v>
       </c>
       <c r="D50" t="s">
-        <v>21</v>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="51" spans="1:26">
+      <c r="A51" t="s">
+        <v>267</v>
+      </c>
+      <c r="B51" t="s">
+        <v>268</v>
+      </c>
+      <c r="C51" t="s">
+        <v>269</v>
+      </c>
+      <c r="D51" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="52" spans="1:26">
+      <c r="A52" t="s">
+        <v>270</v>
+      </c>
+      <c r="B52" t="s">
+        <v>271</v>
+      </c>
+      <c r="C52" t="s">
+        <v>272</v>
+      </c>
+      <c r="D52" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="53" spans="1:26">
+      <c r="A53" t="s">
+        <v>270</v>
+      </c>
+      <c r="B53" t="s">
+        <v>273</v>
+      </c>
+      <c r="C53" t="s">
+        <v>274</v>
+      </c>
+      <c r="D53" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="54" spans="1:26">
+      <c r="A54" t="s">
+        <v>136</v>
+      </c>
+      <c r="B54" t="s">
+        <v>275</v>
+      </c>
+      <c r="C54" t="s">
+        <v>276</v>
+      </c>
+      <c r="D54" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="55" spans="1:26">
+      <c r="A55" t="s">
+        <v>277</v>
+      </c>
+      <c r="B55" t="s">
+        <v>278</v>
+      </c>
+      <c r="C55" t="s">
+        <v>279</v>
+      </c>
+      <c r="D55" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="56" spans="1:26">
+      <c r="A56" t="s">
+        <v>155</v>
+      </c>
+      <c r="B56" t="s">
+        <v>280</v>
+      </c>
+      <c r="C56" t="s">
+        <v>112</v>
+      </c>
+      <c r="D56" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="57" spans="1:26">
+      <c r="A57" t="s">
+        <v>155</v>
+      </c>
+      <c r="B57" t="s">
+        <v>281</v>
+      </c>
+      <c r="C57" t="s">
+        <v>269</v>
+      </c>
+      <c r="D57" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="58" spans="1:26">
+      <c r="A58" t="s">
+        <v>103</v>
+      </c>
+      <c r="B58" t="s">
+        <v>282</v>
+      </c>
+      <c r="C58" t="s">
+        <v>199</v>
+      </c>
+      <c r="D58" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="59" spans="1:26">
+      <c r="A59" t="s">
+        <v>283</v>
+      </c>
+      <c r="B59" t="s">
+        <v>284</v>
+      </c>
+      <c r="C59" t="s">
+        <v>10</v>
+      </c>
+      <c r="D59" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="60" spans="1:26">
+      <c r="A60" t="s">
+        <v>285</v>
+      </c>
+      <c r="B60" t="s">
+        <v>286</v>
+      </c>
+      <c r="C60" t="s">
+        <v>102</v>
+      </c>
+      <c r="D60" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z94"/>
+  <dimension ref="A1:Z123"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="20" customWidth="true" style="0"/>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
-        <v>63</v>
+        <v>142</v>
       </c>
       <c r="B2" t="s">
-        <v>64</v>
+        <v>143</v>
       </c>
       <c r="C2" t="s">
-        <v>65</v>
+        <v>144</v>
       </c>
       <c r="D2" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
-        <v>191</v>
+        <v>287</v>
       </c>
       <c r="B3" t="s">
-        <v>192</v>
+        <v>288</v>
       </c>
       <c r="C3" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
-        <v>193</v>
+        <v>289</v>
       </c>
       <c r="B4" t="s">
-        <v>194</v>
+        <v>290</v>
       </c>
       <c r="C4" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="B5" t="s">
-        <v>195</v>
+        <v>291</v>
       </c>
       <c r="C5" t="s">
-        <v>196</v>
+        <v>292</v>
       </c>
       <c r="D5" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
-        <v>197</v>
+        <v>293</v>
       </c>
       <c r="B6" t="s">
-        <v>198</v>
+        <v>294</v>
       </c>
       <c r="C6" t="s">
-        <v>199</v>
+        <v>295</v>
       </c>
       <c r="D6" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
-        <v>67</v>
+        <v>145</v>
       </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C7" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="D7" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
-        <v>200</v>
+        <v>296</v>
       </c>
       <c r="B8" t="s">
-        <v>201</v>
+        <v>297</v>
       </c>
       <c r="C8" t="s">
-        <v>202</v>
+        <v>298</v>
       </c>
       <c r="D8" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
-        <v>203</v>
+        <v>299</v>
       </c>
       <c r="B9" t="s">
-        <v>204</v>
+        <v>300</v>
       </c>
       <c r="C9" t="s">
-        <v>205</v>
+        <v>301</v>
       </c>
       <c r="D9" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="B10" t="s">
-        <v>206</v>
+        <v>302</v>
       </c>
       <c r="C10" t="s">
-        <v>207</v>
+        <v>303</v>
       </c>
       <c r="D10" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
-        <v>208</v>
+        <v>304</v>
       </c>
       <c r="B11" t="s">
-        <v>209</v>
+        <v>305</v>
       </c>
       <c r="C11" t="s">
-        <v>210</v>
+        <v>306</v>
       </c>
       <c r="D11" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
-        <v>211</v>
+        <v>307</v>
       </c>
       <c r="B12" t="s">
-        <v>212</v>
+        <v>308</v>
       </c>
       <c r="C12" t="s">
-        <v>213</v>
+        <v>309</v>
       </c>
       <c r="D12" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
-        <v>178</v>
+        <v>270</v>
       </c>
       <c r="B13" t="s">
-        <v>214</v>
+        <v>310</v>
       </c>
       <c r="C13" t="s">
-        <v>215</v>
+        <v>311</v>
       </c>
       <c r="D13" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
-        <v>216</v>
+        <v>147</v>
       </c>
       <c r="B14" t="s">
-        <v>217</v>
+        <v>148</v>
       </c>
       <c r="C14" t="s">
-        <v>65</v>
+        <v>149</v>
       </c>
       <c r="D14" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
-        <v>69</v>
+        <v>147</v>
       </c>
       <c r="B15" t="s">
-        <v>70</v>
+        <v>312</v>
       </c>
       <c r="C15" t="s">
-        <v>71</v>
+        <v>313</v>
       </c>
       <c r="D15" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
-        <v>69</v>
+        <v>314</v>
       </c>
       <c r="B16" t="s">
-        <v>218</v>
+        <v>315</v>
       </c>
       <c r="C16" t="s">
-        <v>219</v>
+        <v>144</v>
       </c>
       <c r="D16" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="B17" t="s">
-        <v>220</v>
+        <v>316</v>
       </c>
       <c r="C17" t="s">
-        <v>221</v>
+        <v>152</v>
       </c>
       <c r="D17" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="B18" t="s">
-        <v>222</v>
+        <v>317</v>
       </c>
       <c r="C18" t="s">
-        <v>74</v>
+        <v>318</v>
       </c>
       <c r="D18" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
-        <v>72</v>
+        <v>150</v>
       </c>
       <c r="B19" t="s">
-        <v>223</v>
+        <v>319</v>
       </c>
       <c r="C19" t="s">
-        <v>224</v>
+        <v>320</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
-        <v>72</v>
+        <v>150</v>
       </c>
       <c r="B20" t="s">
-        <v>225</v>
+        <v>321</v>
       </c>
       <c r="C20" t="s">
-        <v>226</v>
+        <v>322</v>
       </c>
       <c r="D20" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
-        <v>181</v>
+        <v>136</v>
       </c>
       <c r="B21" t="s">
-        <v>227</v>
+        <v>153</v>
       </c>
       <c r="C21" t="s">
-        <v>228</v>
+        <v>154</v>
       </c>
       <c r="D21" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
-        <v>181</v>
+        <v>155</v>
       </c>
       <c r="B22" t="s">
-        <v>229</v>
+        <v>323</v>
       </c>
       <c r="C22" t="s">
-        <v>230</v>
+        <v>324</v>
       </c>
       <c r="D22" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
-        <v>181</v>
+        <v>155</v>
       </c>
       <c r="B23" t="s">
-        <v>231</v>
+        <v>325</v>
       </c>
       <c r="C23" t="s">
-        <v>232</v>
+        <v>326</v>
       </c>
       <c r="D23" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
-        <v>184</v>
+        <v>155</v>
       </c>
       <c r="B24" t="s">
-        <v>233</v>
+        <v>327</v>
       </c>
       <c r="C24" t="s">
-        <v>234</v>
+        <v>328</v>
       </c>
       <c r="D24" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s">
-        <v>184</v>
+        <v>155</v>
       </c>
       <c r="B25" t="s">
-        <v>235</v>
+        <v>329</v>
       </c>
       <c r="C25" t="s">
-        <v>236</v>
+        <v>330</v>
       </c>
       <c r="D25" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
-        <v>184</v>
+        <v>158</v>
       </c>
       <c r="B26" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="C26"/>
+        <v>331</v>
+      </c>
+      <c r="C26" t="s">
+        <v>174</v>
+      </c>
       <c r="D26" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
-        <v>75</v>
+        <v>158</v>
       </c>
       <c r="B27" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="C27"/>
+        <v>332</v>
+      </c>
+      <c r="C27" t="s">
+        <v>333</v>
+      </c>
       <c r="D27" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
-        <v>77</v>
+        <v>158</v>
       </c>
       <c r="B28" t="s">
-        <v>78</v>
+        <v>334</v>
       </c>
       <c r="C28" t="s">
-        <v>79</v>
+        <v>335</v>
       </c>
       <c r="D28" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
-        <v>80</v>
+        <v>158</v>
       </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>336</v>
       </c>
       <c r="C29" t="s">
-        <v>82</v>
+        <v>337</v>
       </c>
       <c r="D29" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
-        <v>80</v>
+        <v>158</v>
       </c>
       <c r="B30" t="s">
-        <v>238</v>
+        <v>338</v>
       </c>
       <c r="C30" t="s">
-        <v>228</v>
+        <v>339</v>
       </c>
       <c r="D30" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
-        <v>36</v>
+        <v>158</v>
       </c>
       <c r="B31" t="s">
-        <v>239</v>
-[...3 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="C31"/>
       <c r="D31" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" t="s">
-        <v>54</v>
+        <v>161</v>
       </c>
       <c r="B32" t="s">
-        <v>240</v>
+        <v>340</v>
       </c>
       <c r="C32" t="s">
-        <v>241</v>
+        <v>341</v>
       </c>
       <c r="D32" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" t="s">
-        <v>242</v>
+        <v>161</v>
       </c>
       <c r="B33" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>342</v>
+      </c>
+      <c r="C33"/>
       <c r="D33" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
-        <v>245</v>
+        <v>161</v>
       </c>
       <c r="B34" t="s">
-        <v>246</v>
+        <v>343</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
-        <v>86</v>
+        <v>344</v>
       </c>
       <c r="B35" t="s">
-        <v>87</v>
+        <v>345</v>
       </c>
       <c r="C35" t="s">
-        <v>79</v>
+        <v>335</v>
       </c>
       <c r="D35" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
-        <v>247</v>
+        <v>163</v>
       </c>
       <c r="B36" t="s">
-        <v>248</v>
+        <v>164</v>
       </c>
       <c r="C36" t="s">
-        <v>230</v>
+        <v>165</v>
       </c>
       <c r="D36" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
-        <v>249</v>
+        <v>91</v>
       </c>
       <c r="B37" t="s">
-        <v>250</v>
+        <v>346</v>
       </c>
       <c r="C37" t="s">
-        <v>32</v>
+        <v>208</v>
       </c>
       <c r="D37" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
-        <v>251</v>
+        <v>166</v>
       </c>
       <c r="B38" t="s">
-        <v>252</v>
+        <v>167</v>
       </c>
       <c r="C38" t="s">
-        <v>253</v>
+        <v>168</v>
       </c>
       <c r="D38" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
-        <v>254</v>
+        <v>166</v>
       </c>
       <c r="B39" t="s">
-        <v>255</v>
+        <v>347</v>
       </c>
       <c r="C39" t="s">
-        <v>256</v>
+        <v>324</v>
       </c>
       <c r="D39" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
-        <v>91</v>
+        <v>166</v>
       </c>
       <c r="B40" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="C40"/>
+        <v>348</v>
+      </c>
+      <c r="C40" t="s">
+        <v>349</v>
+      </c>
       <c r="D40" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="B41" t="s">
-        <v>257</v>
+        <v>350</v>
       </c>
       <c r="C41" t="s">
-        <v>258</v>
+        <v>179</v>
       </c>
       <c r="D41" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
-        <v>259</v>
+        <v>169</v>
       </c>
       <c r="B42" t="s">
-        <v>260</v>
+        <v>351</v>
       </c>
       <c r="C42" t="s">
-        <v>261</v>
+        <v>352</v>
       </c>
       <c r="D42" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="B43" t="s">
-        <v>94</v>
+        <v>353</v>
       </c>
       <c r="C43" t="s">
-        <v>95</v>
+        <v>354</v>
       </c>
       <c r="D43" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
-        <v>262</v>
+        <v>125</v>
       </c>
       <c r="B44" t="s">
-        <v>263</v>
+        <v>355</v>
       </c>
       <c r="C44" t="s">
-        <v>264</v>
+        <v>356</v>
       </c>
       <c r="D44" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
-        <v>54</v>
+        <v>4</v>
       </c>
       <c r="B45" t="s">
-        <v>265</v>
+        <v>357</v>
       </c>
       <c r="C45" t="s">
-        <v>213</v>
+        <v>358</v>
       </c>
       <c r="D45" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" t="s">
-        <v>54</v>
+        <v>172</v>
       </c>
       <c r="B46" t="s">
-        <v>266</v>
+        <v>173</v>
       </c>
       <c r="C46" t="s">
-        <v>267</v>
+        <v>174</v>
       </c>
       <c r="D46" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
-        <v>268</v>
+        <v>359</v>
       </c>
       <c r="B47" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>360</v>
+      </c>
+      <c r="C47"/>
       <c r="D47" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s">
-        <v>268</v>
+        <v>361</v>
       </c>
       <c r="B48" t="s">
-        <v>269</v>
+        <v>362</v>
       </c>
       <c r="C48" t="s">
-        <v>116</v>
+        <v>352</v>
       </c>
       <c r="D48" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s">
-        <v>268</v>
+        <v>175</v>
       </c>
       <c r="B49" t="s">
-        <v>270</v>
+        <v>176</v>
       </c>
       <c r="C49" t="s">
-        <v>45</v>
+        <v>165</v>
       </c>
       <c r="D49" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s">
-        <v>271</v>
+        <v>363</v>
       </c>
       <c r="B50" t="s">
-        <v>272</v>
+        <v>364</v>
       </c>
       <c r="C50" t="s">
-        <v>273</v>
+        <v>326</v>
       </c>
       <c r="D50" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" t="s">
-        <v>274</v>
+        <v>363</v>
       </c>
       <c r="B51" t="s">
-        <v>275</v>
+        <v>365</v>
       </c>
       <c r="C51" t="s">
-        <v>35</v>
+        <v>322</v>
       </c>
       <c r="D51" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" t="s">
-        <v>249</v>
+        <v>133</v>
       </c>
       <c r="B52" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="C52"/>
+        <v>366</v>
+      </c>
+      <c r="C52" t="s">
+        <v>59</v>
+      </c>
       <c r="D52" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" t="s">
-        <v>277</v>
+        <v>177</v>
       </c>
       <c r="B53" t="s">
-        <v>278</v>
+        <v>367</v>
       </c>
       <c r="C53" t="s">
-        <v>264</v>
+        <v>56</v>
       </c>
       <c r="D53" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" t="s">
-        <v>251</v>
+        <v>368</v>
       </c>
       <c r="B54" t="s">
-        <v>279</v>
+        <v>369</v>
       </c>
       <c r="C54" t="s">
-        <v>256</v>
+        <v>370</v>
       </c>
       <c r="D54" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" t="s">
-        <v>280</v>
+        <v>371</v>
       </c>
       <c r="B55" t="s">
-        <v>281</v>
+        <v>372</v>
       </c>
       <c r="C55" t="s">
-        <v>258</v>
+        <v>373</v>
       </c>
       <c r="D55" t="s">
-        <v>117</v>
+        <v>7</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="B56" t="s">
-        <v>282</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="C56"/>
       <c r="D56" t="s">
-        <v>117</v>
+        <v>7</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" t="s">
-        <v>41</v>
+        <v>180</v>
       </c>
       <c r="B57" t="s">
-        <v>284</v>
-[...1 lines deleted...]
-      <c r="C57"/>
+        <v>374</v>
+      </c>
+      <c r="C57" t="s">
+        <v>375</v>
+      </c>
       <c r="D57" t="s">
-        <v>117</v>
+        <v>7</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" t="s">
-        <v>118</v>
+        <v>376</v>
       </c>
       <c r="B58" t="s">
-        <v>119</v>
+        <v>377</v>
       </c>
       <c r="C58" t="s">
-        <v>120</v>
+        <v>378</v>
       </c>
       <c r="D58" t="s">
-        <v>117</v>
+        <v>7</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" t="s">
-        <v>285</v>
+        <v>182</v>
       </c>
       <c r="B59" t="s">
-        <v>286</v>
+        <v>183</v>
       </c>
       <c r="C59" t="s">
-        <v>35</v>
+        <v>184</v>
       </c>
       <c r="D59" t="s">
-        <v>117</v>
+        <v>7</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s">
-        <v>287</v>
+        <v>379</v>
       </c>
       <c r="B60" t="s">
-        <v>288</v>
+        <v>380</v>
       </c>
       <c r="C60" t="s">
-        <v>289</v>
+        <v>381</v>
       </c>
       <c r="D60" t="s">
-        <v>117</v>
+        <v>187</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="B61" t="s">
-        <v>122</v>
+        <v>382</v>
       </c>
       <c r="C61" t="s">
-        <v>123</v>
+        <v>309</v>
       </c>
       <c r="D61" t="s">
-        <v>7</v>
+        <v>187</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" t="s">
-        <v>126</v>
+        <v>109</v>
       </c>
       <c r="B62" t="s">
-        <v>127</v>
+        <v>383</v>
       </c>
       <c r="C62" t="s">
-        <v>128</v>
+        <v>98</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" t="s">
-        <v>129</v>
+        <v>80</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>200</v>
       </c>
       <c r="C63" t="s">
-        <v>131</v>
+        <v>201</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" t="s">
-        <v>132</v>
+        <v>80</v>
       </c>
       <c r="B64" t="s">
-        <v>133</v>
+        <v>384</v>
       </c>
       <c r="C64" t="s">
-        <v>134</v>
+        <v>208</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" t="s">
-        <v>135</v>
+        <v>80</v>
       </c>
       <c r="B65" t="s">
-        <v>136</v>
+        <v>385</v>
       </c>
       <c r="C65" t="s">
-        <v>137</v>
+        <v>72</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" t="s">
-        <v>138</v>
+        <v>80</v>
       </c>
       <c r="B66" t="s">
-        <v>139</v>
+        <v>386</v>
       </c>
       <c r="C66" t="s">
-        <v>140</v>
+        <v>149</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="B67" t="s">
-        <v>142</v>
+        <v>387</v>
       </c>
       <c r="C67" t="s">
-        <v>143</v>
+        <v>388</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" t="s">
-        <v>144</v>
+        <v>125</v>
       </c>
       <c r="B68" t="s">
-        <v>145</v>
+        <v>389</v>
       </c>
       <c r="C68" t="s">
-        <v>146</v>
+        <v>390</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" t="s">
-        <v>147</v>
+        <v>391</v>
       </c>
       <c r="B69" t="s">
-        <v>148</v>
+        <v>392</v>
       </c>
       <c r="C69" t="s">
-        <v>149</v>
+        <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" t="s">
-        <v>290</v>
+        <v>4</v>
       </c>
       <c r="B70" t="s">
-        <v>154</v>
+        <v>393</v>
       </c>
       <c r="C70" t="s">
-        <v>155</v>
+        <v>339</v>
       </c>
       <c r="D70" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" t="s">
-        <v>156</v>
+        <v>133</v>
       </c>
       <c r="B71" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>394</v>
+      </c>
+      <c r="C71"/>
       <c r="D71" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" t="s">
-        <v>159</v>
+        <v>395</v>
       </c>
       <c r="B72" t="s">
-        <v>160</v>
+        <v>396</v>
       </c>
       <c r="C72" t="s">
-        <v>161</v>
+        <v>381</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" t="s">
-        <v>162</v>
+        <v>368</v>
       </c>
       <c r="B73" t="s">
-        <v>163</v>
+        <v>397</v>
       </c>
       <c r="C73" t="s">
-        <v>164</v>
+        <v>373</v>
       </c>
       <c r="D73" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" t="s">
-        <v>165</v>
+        <v>398</v>
       </c>
       <c r="B74" t="s">
-        <v>166</v>
+        <v>399</v>
       </c>
       <c r="C74" t="s">
-        <v>167</v>
+        <v>400</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" t="s">
-        <v>168</v>
+        <v>401</v>
       </c>
       <c r="B75" t="s">
-        <v>169</v>
+        <v>402</v>
       </c>
       <c r="C75" t="s">
-        <v>170</v>
+        <v>375</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" t="s">
-        <v>51</v>
+        <v>169</v>
       </c>
       <c r="B76" t="s">
-        <v>171</v>
+        <v>403</v>
       </c>
       <c r="C76" t="s">
-        <v>170</v>
+        <v>404</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" t="s">
-        <v>172</v>
+        <v>67</v>
       </c>
       <c r="B77" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>405</v>
+      </c>
+      <c r="C77"/>
       <c r="D77" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" t="s">
-        <v>175</v>
+        <v>131</v>
       </c>
       <c r="B78" t="s">
-        <v>176</v>
+        <v>209</v>
       </c>
       <c r="C78" t="s">
-        <v>177</v>
+        <v>195</v>
       </c>
       <c r="D78" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" t="s">
-        <v>203</v>
+        <v>406</v>
       </c>
       <c r="B79" t="s">
-        <v>291</v>
+        <v>407</v>
       </c>
       <c r="C79" t="s">
-        <v>116</v>
+        <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" t="s">
-        <v>49</v>
+        <v>408</v>
       </c>
       <c r="B80" t="s">
-        <v>292</v>
+        <v>409</v>
       </c>
       <c r="C80" t="s">
-        <v>207</v>
+        <v>410</v>
       </c>
       <c r="D80" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" t="s">
-        <v>60</v>
+        <v>411</v>
       </c>
       <c r="B81" t="s">
-        <v>293</v>
+        <v>29</v>
       </c>
       <c r="C81" t="s">
-        <v>294</v>
+        <v>412</v>
       </c>
       <c r="D81" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" t="s">
-        <v>60</v>
+        <v>217</v>
       </c>
       <c r="B82" t="s">
-        <v>295</v>
+        <v>218</v>
       </c>
       <c r="C82" t="s">
-        <v>296</v>
+        <v>219</v>
       </c>
       <c r="D82" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" t="s">
-        <v>60</v>
+        <v>220</v>
       </c>
       <c r="B83" t="s">
-        <v>297</v>
+        <v>221</v>
       </c>
       <c r="C83" t="s">
-        <v>296</v>
+        <v>222</v>
       </c>
       <c r="D83" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" t="s">
-        <v>181</v>
+        <v>223</v>
       </c>
       <c r="B84" t="s">
-        <v>298</v>
+        <v>224</v>
       </c>
       <c r="C84" t="s">
-        <v>299</v>
+        <v>225</v>
       </c>
       <c r="D84" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" t="s">
-        <v>184</v>
+        <v>226</v>
       </c>
       <c r="B85" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="C85"/>
+        <v>227</v>
+      </c>
+      <c r="C85" t="s">
+        <v>228</v>
+      </c>
       <c r="D85" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" t="s">
-        <v>75</v>
+        <v>229</v>
       </c>
       <c r="B86" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="C86"/>
+        <v>230</v>
+      </c>
+      <c r="C86" t="s">
+        <v>231</v>
+      </c>
       <c r="D86" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" t="s">
-        <v>80</v>
+        <v>232</v>
       </c>
       <c r="B87" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="C87"/>
+        <v>233</v>
+      </c>
+      <c r="C87" t="s">
+        <v>234</v>
+      </c>
       <c r="D87" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" t="s">
-        <v>80</v>
+        <v>235</v>
       </c>
       <c r="B88" t="s">
-        <v>303</v>
+        <v>236</v>
       </c>
       <c r="C88" t="s">
-        <v>304</v>
+        <v>237</v>
       </c>
       <c r="D88" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" t="s">
-        <v>54</v>
+        <v>238</v>
       </c>
       <c r="B89" t="s">
-        <v>305</v>
+        <v>239</v>
       </c>
       <c r="C89" t="s">
-        <v>306</v>
+        <v>240</v>
       </c>
       <c r="D89" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" t="s">
-        <v>268</v>
+        <v>241</v>
       </c>
       <c r="B90" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="C90"/>
+        <v>242</v>
+      </c>
+      <c r="C90" t="s">
+        <v>243</v>
+      </c>
       <c r="D90" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" t="s">
-        <v>187</v>
+        <v>413</v>
       </c>
       <c r="B91" t="s">
-        <v>188</v>
+        <v>248</v>
       </c>
       <c r="C91" t="s">
-        <v>35</v>
+        <v>249</v>
       </c>
       <c r="D91" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" t="s">
-        <v>308</v>
+        <v>250</v>
       </c>
       <c r="B92" t="s">
-        <v>309</v>
+        <v>251</v>
       </c>
       <c r="C92" t="s">
-        <v>304</v>
+        <v>252</v>
       </c>
       <c r="D92" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" t="s">
-        <v>310</v>
+        <v>253</v>
       </c>
       <c r="B93" t="s">
-        <v>311</v>
+        <v>254</v>
       </c>
       <c r="C93" t="s">
-        <v>306</v>
+        <v>255</v>
       </c>
       <c r="D93" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" t="s">
-        <v>189</v>
+        <v>256</v>
       </c>
       <c r="B94" t="s">
-        <v>190</v>
+        <v>257</v>
       </c>
       <c r="C94" t="s">
-        <v>101</v>
+        <v>258</v>
       </c>
       <c r="D94" t="s">
-        <v>21</v>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="95" spans="1:26">
+      <c r="A95" t="s">
+        <v>259</v>
+      </c>
+      <c r="B95" t="s">
+        <v>260</v>
+      </c>
+      <c r="C95" t="s">
+        <v>261</v>
+      </c>
+      <c r="D95" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="96" spans="1:26">
+      <c r="A96" t="s">
+        <v>414</v>
+      </c>
+      <c r="B96" t="s">
+        <v>415</v>
+      </c>
+      <c r="C96" t="s">
+        <v>263</v>
+      </c>
+      <c r="D96" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="97" spans="1:26">
+      <c r="A97" t="s">
+        <v>93</v>
+      </c>
+      <c r="B97" t="s">
+        <v>262</v>
+      </c>
+      <c r="C97" t="s">
+        <v>263</v>
+      </c>
+      <c r="D97" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="98" spans="1:26">
+      <c r="A98" t="s">
+        <v>264</v>
+      </c>
+      <c r="B98" t="s">
+        <v>265</v>
+      </c>
+      <c r="C98" t="s">
+        <v>266</v>
+      </c>
+      <c r="D98" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="99" spans="1:26">
+      <c r="A99" t="s">
+        <v>267</v>
+      </c>
+      <c r="B99" t="s">
+        <v>268</v>
+      </c>
+      <c r="C99" t="s">
+        <v>269</v>
+      </c>
+      <c r="D99" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="100" spans="1:26">
+      <c r="A100" t="s">
+        <v>299</v>
+      </c>
+      <c r="B100" t="s">
+        <v>416</v>
+      </c>
+      <c r="C100" t="s">
+        <v>208</v>
+      </c>
+      <c r="D100" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="101" spans="1:26">
+      <c r="A101" t="s">
+        <v>89</v>
+      </c>
+      <c r="B101" t="s">
+        <v>417</v>
+      </c>
+      <c r="C101" t="s">
+        <v>303</v>
+      </c>
+      <c r="D101" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="102" spans="1:26">
+      <c r="A102" t="s">
+        <v>270</v>
+      </c>
+      <c r="B102" t="s">
+        <v>418</v>
+      </c>
+      <c r="C102" t="s">
+        <v>208</v>
+      </c>
+      <c r="D102" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="103" spans="1:26">
+      <c r="A103" t="s">
+        <v>136</v>
+      </c>
+      <c r="B103" t="s">
+        <v>419</v>
+      </c>
+      <c r="C103" t="s">
+        <v>420</v>
+      </c>
+      <c r="D103" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="104" spans="1:26">
+      <c r="A104" t="s">
+        <v>136</v>
+      </c>
+      <c r="B104" t="s">
+        <v>421</v>
+      </c>
+      <c r="C104" t="s">
+        <v>422</v>
+      </c>
+      <c r="D104" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="105" spans="1:26">
+      <c r="A105" t="s">
+        <v>136</v>
+      </c>
+      <c r="B105" t="s">
+        <v>423</v>
+      </c>
+      <c r="C105" t="s">
+        <v>422</v>
+      </c>
+      <c r="D105" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="106" spans="1:26">
+      <c r="A106" t="s">
+        <v>136</v>
+      </c>
+      <c r="B106" t="s">
+        <v>424</v>
+      </c>
+      <c r="C106" t="s">
+        <v>349</v>
+      </c>
+      <c r="D106" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="107" spans="1:26">
+      <c r="A107" t="s">
+        <v>277</v>
+      </c>
+      <c r="B107" t="s">
+        <v>278</v>
+      </c>
+      <c r="C107" t="s">
+        <v>279</v>
+      </c>
+      <c r="D107" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="108" spans="1:26">
+      <c r="A108" t="s">
+        <v>155</v>
+      </c>
+      <c r="B108" t="s">
+        <v>425</v>
+      </c>
+      <c r="C108" t="s">
+        <v>426</v>
+      </c>
+      <c r="D108" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="109" spans="1:26">
+      <c r="A109" t="s">
+        <v>155</v>
+      </c>
+      <c r="B109" t="s">
+        <v>281</v>
+      </c>
+      <c r="C109" t="s">
+        <v>269</v>
+      </c>
+      <c r="D109" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="110" spans="1:26">
+      <c r="A110" t="s">
+        <v>155</v>
+      </c>
+      <c r="B110" t="s">
+        <v>427</v>
+      </c>
+      <c r="C110" t="s">
+        <v>165</v>
+      </c>
+      <c r="D110" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="111" spans="1:26">
+      <c r="A111" t="s">
+        <v>155</v>
+      </c>
+      <c r="B111" t="s">
+        <v>428</v>
+      </c>
+      <c r="C111" t="s">
+        <v>328</v>
+      </c>
+      <c r="D111" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="112" spans="1:26">
+      <c r="A112" t="s">
+        <v>158</v>
+      </c>
+      <c r="B112" t="s">
+        <v>429</v>
+      </c>
+      <c r="C112" t="s">
+        <v>337</v>
+      </c>
+      <c r="D112" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="113" spans="1:26">
+      <c r="A113" t="s">
+        <v>158</v>
+      </c>
+      <c r="B113" t="s">
+        <v>430</v>
+      </c>
+      <c r="C113" t="s">
+        <v>337</v>
+      </c>
+      <c r="D113" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="114" spans="1:26">
+      <c r="A114" t="s">
+        <v>166</v>
+      </c>
+      <c r="B114" t="s">
+        <v>431</v>
+      </c>
+      <c r="C114"/>
+      <c r="D114" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="115" spans="1:26">
+      <c r="A115" t="s">
+        <v>191</v>
+      </c>
+      <c r="B115" t="s">
+        <v>432</v>
+      </c>
+      <c r="C115" t="s">
+        <v>433</v>
+      </c>
+      <c r="D115" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="116" spans="1:26">
+      <c r="A116" t="s">
+        <v>109</v>
+      </c>
+      <c r="B116" t="s">
+        <v>434</v>
+      </c>
+      <c r="C116" t="s">
+        <v>435</v>
+      </c>
+      <c r="D116" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="117" spans="1:26">
+      <c r="A117" t="s">
+        <v>125</v>
+      </c>
+      <c r="B117" t="s">
+        <v>436</v>
+      </c>
+      <c r="C117" t="s">
+        <v>437</v>
+      </c>
+      <c r="D117" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="118" spans="1:26">
+      <c r="A118" t="s">
+        <v>391</v>
+      </c>
+      <c r="B118" t="s">
+        <v>438</v>
+      </c>
+      <c r="C118"/>
+      <c r="D118" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="119" spans="1:26">
+      <c r="A119" t="s">
+        <v>439</v>
+      </c>
+      <c r="B119" t="s">
+        <v>440</v>
+      </c>
+      <c r="C119" t="s">
+        <v>433</v>
+      </c>
+      <c r="D119" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="120" spans="1:26">
+      <c r="A120" t="s">
+        <v>283</v>
+      </c>
+      <c r="B120" t="s">
+        <v>284</v>
+      </c>
+      <c r="C120" t="s">
+        <v>10</v>
+      </c>
+      <c r="D120" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="121" spans="1:26">
+      <c r="A121" t="s">
+        <v>361</v>
+      </c>
+      <c r="B121" t="s">
+        <v>441</v>
+      </c>
+      <c r="C121" t="s">
+        <v>349</v>
+      </c>
+      <c r="D121" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="122" spans="1:26">
+      <c r="A122" t="s">
+        <v>442</v>
+      </c>
+      <c r="B122" t="s">
+        <v>443</v>
+      </c>
+      <c r="C122" t="s">
+        <v>435</v>
+      </c>
+      <c r="D122" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="123" spans="1:26">
+      <c r="A123" t="s">
+        <v>285</v>
+      </c>
+      <c r="B123" t="s">
+        <v>286</v>
+      </c>
+      <c r="C123" t="s">
+        <v>102</v>
+      </c>
+      <c r="D123" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z34"/>
+  <dimension ref="A1:Z37"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="20" customWidth="true" style="0"/>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
-        <v>312</v>
+        <v>444</v>
       </c>
       <c r="B2" t="s">
-        <v>313</v>
+        <v>445</v>
       </c>
       <c r="C2" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
-        <v>314</v>
+        <v>446</v>
       </c>
       <c r="B3" t="s">
-        <v>315</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
-        <v>316</v>
+        <v>448</v>
       </c>
       <c r="B4" t="s">
-        <v>317</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
-        <v>318</v>
+        <v>450</v>
       </c>
       <c r="D4" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
-        <v>319</v>
+        <v>451</v>
       </c>
       <c r="B5" t="s">
-        <v>320</v>
+        <v>452</v>
       </c>
       <c r="C5" t="s">
-        <v>321</v>
+        <v>453</v>
       </c>
       <c r="D5" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
-        <v>322</v>
+        <v>454</v>
       </c>
       <c r="B6" t="s">
-        <v>323</v>
+        <v>455</v>
       </c>
       <c r="C6" t="s">
-        <v>324</v>
+        <v>456</v>
       </c>
       <c r="D6" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
-        <v>60</v>
+        <v>457</v>
       </c>
       <c r="B7" t="s">
-        <v>325</v>
+        <v>458</v>
       </c>
       <c r="C7" t="s">
-        <v>326</v>
+        <v>459</v>
       </c>
       <c r="D7" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
-        <v>184</v>
+        <v>136</v>
       </c>
       <c r="B8" t="s">
-        <v>327</v>
+        <v>460</v>
       </c>
       <c r="C8" t="s">
-        <v>65</v>
+        <v>461</v>
       </c>
       <c r="D8" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
-        <v>43</v>
+        <v>158</v>
       </c>
       <c r="B9" t="s">
-        <v>328</v>
+        <v>462</v>
       </c>
       <c r="C9" t="s">
-        <v>329</v>
+        <v>144</v>
       </c>
       <c r="D9" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
-        <v>242</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>330</v>
+        <v>463</v>
       </c>
       <c r="C10" t="s">
-        <v>180</v>
+        <v>464</v>
       </c>
       <c r="D10" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
-        <v>331</v>
+        <v>4</v>
       </c>
       <c r="B11" t="s">
-        <v>332</v>
+        <v>465</v>
       </c>
       <c r="C11" t="s">
-        <v>333</v>
+        <v>272</v>
       </c>
       <c r="D11" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
-        <v>334</v>
+        <v>439</v>
       </c>
       <c r="B12" t="s">
-        <v>335</v>
+        <v>466</v>
       </c>
       <c r="C12" t="s">
-        <v>336</v>
+        <v>467</v>
       </c>
       <c r="D12" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
-        <v>247</v>
+        <v>172</v>
       </c>
       <c r="B13" t="s">
-        <v>337</v>
+        <v>468</v>
       </c>
       <c r="C13" t="s">
-        <v>338</v>
+        <v>469</v>
       </c>
       <c r="D13" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
-        <v>251</v>
+        <v>363</v>
       </c>
       <c r="B14" t="s">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="C14"/>
+        <v>470</v>
+      </c>
+      <c r="C14" t="s">
+        <v>471</v>
+      </c>
       <c r="D14" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
-        <v>38</v>
+        <v>368</v>
       </c>
       <c r="B15" t="s">
-        <v>340</v>
-[...3 lines deleted...]
-      </c>
+        <v>472</v>
+      </c>
+      <c r="C15"/>
       <c r="D15" t="s">
-        <v>117</v>
+        <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
-        <v>342</v>
+        <v>398</v>
       </c>
       <c r="B16" t="s">
-        <v>343</v>
+        <v>473</v>
       </c>
       <c r="C16" t="s">
-        <v>344</v>
+        <v>10</v>
       </c>
       <c r="D16" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="B17" t="s">
-        <v>345</v>
+        <v>474</v>
       </c>
       <c r="C17" t="s">
-        <v>346</v>
+        <v>475</v>
       </c>
       <c r="D17" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
-        <v>347</v>
+        <v>476</v>
       </c>
       <c r="B18" t="s">
-        <v>348</v>
+        <v>477</v>
       </c>
       <c r="C18" t="s">
-        <v>349</v>
+        <v>478</v>
       </c>
       <c r="D18" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
-        <v>114</v>
+        <v>54</v>
       </c>
       <c r="B19" t="s">
-        <v>350</v>
+        <v>479</v>
       </c>
       <c r="C19" t="s">
-        <v>351</v>
+        <v>480</v>
       </c>
       <c r="D19" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
-        <v>352</v>
+        <v>481</v>
       </c>
       <c r="B20" t="s">
-        <v>353</v>
+        <v>482</v>
       </c>
       <c r="C20" t="s">
-        <v>354</v>
+        <v>483</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
-        <v>355</v>
+        <v>67</v>
       </c>
       <c r="B21" t="s">
-        <v>356</v>
+        <v>484</v>
       </c>
       <c r="C21" t="s">
-        <v>354</v>
+        <v>485</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
-        <v>4</v>
+        <v>206</v>
       </c>
       <c r="B22" t="s">
-        <v>357</v>
+        <v>486</v>
       </c>
       <c r="C22" t="s">
-        <v>354</v>
+        <v>487</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
-        <v>30</v>
+        <v>488</v>
       </c>
       <c r="B23" t="s">
-        <v>358</v>
+        <v>489</v>
       </c>
       <c r="C23" t="s">
-        <v>24</v>
+        <v>490</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
-        <v>359</v>
+        <v>491</v>
       </c>
       <c r="B24" t="s">
-        <v>360</v>
+        <v>492</v>
       </c>
       <c r="C24" t="s">
-        <v>361</v>
+        <v>490</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s">
-        <v>362</v>
+        <v>16</v>
       </c>
       <c r="B25" t="s">
-        <v>363</v>
+        <v>493</v>
       </c>
       <c r="C25" t="s">
-        <v>354</v>
+        <v>490</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
-        <v>364</v>
+        <v>57</v>
       </c>
       <c r="B26" t="s">
-        <v>365</v>
+        <v>494</v>
       </c>
       <c r="C26" t="s">
-        <v>354</v>
+        <v>53</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
-        <v>366</v>
+        <v>495</v>
       </c>
       <c r="B27" t="s">
-        <v>365</v>
+        <v>496</v>
       </c>
       <c r="C27" t="s">
-        <v>354</v>
+        <v>497</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
-        <v>159</v>
+        <v>498</v>
       </c>
       <c r="B28" t="s">
-        <v>365</v>
+        <v>499</v>
       </c>
       <c r="C28" t="s">
-        <v>354</v>
+        <v>490</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
-        <v>367</v>
+        <v>500</v>
       </c>
       <c r="B29" t="s">
-        <v>365</v>
+        <v>501</v>
       </c>
       <c r="C29" t="s">
-        <v>354</v>
+        <v>490</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
-        <v>368</v>
+        <v>502</v>
       </c>
       <c r="B30" t="s">
-        <v>369</v>
+        <v>501</v>
       </c>
       <c r="C30" t="s">
-        <v>370</v>
+        <v>490</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
-        <v>371</v>
+        <v>253</v>
       </c>
       <c r="B31" t="s">
-        <v>372</v>
+        <v>501</v>
       </c>
       <c r="C31" t="s">
-        <v>35</v>
+        <v>490</v>
       </c>
       <c r="D31" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" t="s">
-        <v>69</v>
+        <v>503</v>
       </c>
       <c r="B32" t="s">
-        <v>373</v>
+        <v>501</v>
       </c>
       <c r="C32" t="s">
-        <v>374</v>
+        <v>490</v>
       </c>
       <c r="D32" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>504</v>
       </c>
       <c r="B33" t="s">
-        <v>375</v>
+        <v>505</v>
       </c>
       <c r="C33" t="s">
-        <v>35</v>
+        <v>506</v>
       </c>
       <c r="D33" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
-        <v>181</v>
+        <v>507</v>
       </c>
       <c r="B34" t="s">
-        <v>376</v>
+        <v>508</v>
       </c>
       <c r="C34" t="s">
-        <v>377</v>
+        <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>21</v>
+        <v>44</v>
+      </c>
+    </row>
+    <row r="35" spans="1:26">
+      <c r="A35" t="s">
+        <v>147</v>
+      </c>
+      <c r="B35" t="s">
+        <v>509</v>
+      </c>
+      <c r="C35" t="s">
+        <v>510</v>
+      </c>
+      <c r="D35" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="36" spans="1:26">
+      <c r="A36" t="s">
+        <v>147</v>
+      </c>
+      <c r="B36" t="s">
+        <v>511</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="37" spans="1:26">
+      <c r="A37" t="s">
+        <v>155</v>
+      </c>
+      <c r="B37" t="s">
+        <v>512</v>
+      </c>
+      <c r="C37" t="s">
+        <v>513</v>
+      </c>
+      <c r="D37" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z54"/>
+  <dimension ref="A1:Z55"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="20" customWidth="true" style="0"/>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
-        <v>378</v>
+        <v>514</v>
       </c>
       <c r="B2" t="s">
-        <v>379</v>
+        <v>515</v>
       </c>
       <c r="C2" t="s">
-        <v>380</v>
+        <v>516</v>
       </c>
       <c r="D2" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
-        <v>371</v>
+        <v>507</v>
       </c>
       <c r="B3" t="s">
-        <v>381</v>
+        <v>517</v>
       </c>
       <c r="C3" t="s">
-        <v>382</v>
+        <v>518</v>
       </c>
       <c r="D3" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
-        <v>383</v>
+        <v>91</v>
       </c>
       <c r="B4" t="s">
-        <v>384</v>
+        <v>519</v>
       </c>
       <c r="C4" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="D4" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="B5" t="s">
-        <v>385</v>
+        <v>520</v>
       </c>
       <c r="C5" t="s">
-        <v>386</v>
+        <v>521</v>
       </c>
       <c r="D5" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
-        <v>387</v>
+        <v>522</v>
       </c>
       <c r="B6" t="s">
-        <v>388</v>
+        <v>523</v>
       </c>
       <c r="C6" t="s">
-        <v>389</v>
+        <v>524</v>
       </c>
       <c r="D6" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
-        <v>390</v>
+        <v>525</v>
       </c>
       <c r="B7" t="s">
-        <v>391</v>
+        <v>526</v>
       </c>
       <c r="C7" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="D7" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
-        <v>60</v>
+        <v>136</v>
       </c>
       <c r="B8" t="s">
-        <v>392</v>
+        <v>527</v>
       </c>
       <c r="C8" t="s">
-        <v>393</v>
+        <v>528</v>
       </c>
       <c r="D8" t="s">
-        <v>98</v>
+        <v>187</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
-        <v>242</v>
+        <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>394</v>
+        <v>529</v>
       </c>
       <c r="C9" t="s">
-        <v>389</v>
+        <v>524</v>
       </c>
       <c r="D9" t="s">
-        <v>117</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
-        <v>242</v>
+        <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>395</v>
+        <v>530</v>
       </c>
       <c r="C10" t="s">
-        <v>389</v>
+        <v>524</v>
       </c>
       <c r="D10" t="s">
-        <v>117</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
-        <v>396</v>
+        <v>531</v>
       </c>
       <c r="B11" t="s">
-        <v>397</v>
+        <v>532</v>
       </c>
       <c r="C11" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="D11" t="s">
-        <v>117</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
-        <v>51</v>
+        <v>93</v>
       </c>
       <c r="B12" t="s">
-        <v>398</v>
+        <v>533</v>
       </c>
       <c r="C12" t="s">
-        <v>393</v>
+        <v>528</v>
       </c>
       <c r="D12" t="s">
-        <v>117</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="B13" t="s">
-        <v>399</v>
+        <v>534</v>
       </c>
       <c r="C13" t="s">
-        <v>400</v>
+        <v>535</v>
       </c>
       <c r="D13" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
-        <v>401</v>
+        <v>536</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>537</v>
       </c>
       <c r="C14" t="s">
-        <v>403</v>
+        <v>538</v>
       </c>
       <c r="D14" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
-        <v>404</v>
+        <v>539</v>
       </c>
       <c r="B15" t="s">
-        <v>405</v>
+        <v>540</v>
       </c>
       <c r="C15" t="s">
-        <v>406</v>
+        <v>541</v>
       </c>
       <c r="D15" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
-        <v>359</v>
+        <v>495</v>
       </c>
       <c r="B16" t="s">
-        <v>407</v>
+        <v>542</v>
       </c>
       <c r="C16" t="s">
-        <v>408</v>
+        <v>543</v>
       </c>
       <c r="D16" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
-        <v>409</v>
+        <v>544</v>
       </c>
       <c r="B17" t="s">
-        <v>410</v>
+        <v>545</v>
       </c>
       <c r="C17" t="s">
-        <v>411</v>
+        <v>546</v>
       </c>
       <c r="D17" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
-        <v>412</v>
+        <v>547</v>
       </c>
       <c r="B18" t="s">
-        <v>413</v>
+        <v>548</v>
       </c>
       <c r="C18" t="s">
-        <v>414</v>
+        <v>549</v>
       </c>
       <c r="D18" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
-        <v>415</v>
+        <v>550</v>
       </c>
       <c r="B19" t="s">
-        <v>416</v>
+        <v>551</v>
       </c>
       <c r="C19" t="s">
-        <v>417</v>
+        <v>552</v>
       </c>
       <c r="D19" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
-        <v>418</v>
+        <v>553</v>
       </c>
       <c r="B20" t="s">
-        <v>419</v>
+        <v>554</v>
       </c>
       <c r="C20" t="s">
-        <v>420</v>
+        <v>555</v>
       </c>
       <c r="D20" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
-        <v>421</v>
+        <v>556</v>
       </c>
       <c r="B21" t="s">
-        <v>419</v>
+        <v>554</v>
       </c>
       <c r="C21" t="s">
-        <v>420</v>
+        <v>555</v>
       </c>
       <c r="D21" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
-        <v>159</v>
+        <v>253</v>
       </c>
       <c r="B22" t="s">
-        <v>422</v>
+        <v>557</v>
       </c>
       <c r="C22" t="s">
-        <v>423</v>
+        <v>558</v>
       </c>
       <c r="D22" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
-        <v>424</v>
+        <v>559</v>
       </c>
       <c r="B23" t="s">
-        <v>425</v>
+        <v>560</v>
       </c>
       <c r="C23" t="s">
-        <v>426</v>
+        <v>561</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
-        <v>427</v>
+        <v>562</v>
       </c>
       <c r="B24" t="s">
-        <v>428</v>
+        <v>563</v>
       </c>
       <c r="C24" t="s">
-        <v>400</v>
+        <v>535</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>564</v>
       </c>
       <c r="B25" t="s">
-        <v>430</v>
+        <v>565</v>
       </c>
       <c r="C25" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
-        <v>431</v>
+        <v>566</v>
       </c>
       <c r="B26" t="s">
-        <v>432</v>
+        <v>567</v>
       </c>
       <c r="C26" t="s">
-        <v>433</v>
+        <v>568</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
-        <v>409</v>
+        <v>544</v>
       </c>
       <c r="B27" t="s">
-        <v>434</v>
+        <v>569</v>
       </c>
       <c r="C27" t="s">
-        <v>411</v>
+        <v>546</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
-        <v>412</v>
+        <v>547</v>
       </c>
       <c r="B28" t="s">
-        <v>435</v>
+        <v>570</v>
       </c>
       <c r="C28" t="s">
-        <v>414</v>
+        <v>549</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
-        <v>436</v>
+        <v>571</v>
       </c>
       <c r="B29" t="s">
-        <v>437</v>
+        <v>572</v>
       </c>
       <c r="C29" t="s">
-        <v>438</v>
+        <v>573</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
-        <v>439</v>
+        <v>574</v>
       </c>
       <c r="B30" t="s">
-        <v>440</v>
+        <v>575</v>
       </c>
       <c r="C30" t="s">
-        <v>382</v>
+        <v>518</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
-        <v>441</v>
+        <v>576</v>
       </c>
       <c r="B31" t="s">
-        <v>442</v>
+        <v>577</v>
       </c>
       <c r="C31" t="s">
-        <v>443</v>
+        <v>578</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" t="s">
-        <v>444</v>
+        <v>579</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>580</v>
       </c>
       <c r="C32" t="s">
-        <v>446</v>
+        <v>581</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" t="s">
-        <v>447</v>
+        <v>582</v>
       </c>
       <c r="B33" t="s">
-        <v>448</v>
+        <v>583</v>
       </c>
       <c r="C33" t="s">
-        <v>449</v>
+        <v>584</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
-        <v>450</v>
+        <v>585</v>
       </c>
       <c r="B34" t="s">
-        <v>451</v>
+        <v>586</v>
       </c>
       <c r="C34" t="s">
-        <v>452</v>
+        <v>587</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
-        <v>453</v>
+        <v>588</v>
       </c>
       <c r="B35" t="s">
-        <v>454</v>
+        <v>589</v>
       </c>
       <c r="C35" t="s">
-        <v>452</v>
+        <v>587</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
-        <v>455</v>
+        <v>590</v>
       </c>
       <c r="B36" t="s">
-        <v>456</v>
+        <v>591</v>
       </c>
       <c r="C36" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
-        <v>203</v>
+        <v>299</v>
       </c>
       <c r="B37" t="s">
-        <v>457</v>
+        <v>592</v>
       </c>
       <c r="C37" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="D37" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
-        <v>191</v>
+        <v>287</v>
       </c>
       <c r="B38" t="s">
-        <v>458</v>
+        <v>593</v>
       </c>
       <c r="C38" t="s">
-        <v>389</v>
+        <v>524</v>
       </c>
       <c r="D38" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
-        <v>178</v>
+        <v>270</v>
       </c>
       <c r="B39" t="s">
-        <v>459</v>
+        <v>594</v>
       </c>
       <c r="C39" t="s">
-        <v>389</v>
+        <v>524</v>
       </c>
       <c r="D39" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
-        <v>178</v>
+        <v>270</v>
       </c>
       <c r="B40" t="s">
-        <v>460</v>
+        <v>595</v>
       </c>
       <c r="C40" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="D40" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
-        <v>461</v>
+        <v>270</v>
       </c>
       <c r="B41" t="s">
-        <v>462</v>
+        <v>596</v>
       </c>
       <c r="C41" t="s">
-        <v>389</v>
+        <v>208</v>
       </c>
       <c r="D41" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="B42" t="s">
-        <v>463</v>
+        <v>597</v>
       </c>
       <c r="C42" t="s">
-        <v>116</v>
+        <v>524</v>
       </c>
       <c r="D42" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="B43" t="s">
-        <v>464</v>
+        <v>598</v>
       </c>
       <c r="C43" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="D43" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
-        <v>181</v>
+        <v>136</v>
       </c>
       <c r="B44" t="s">
-        <v>465</v>
+        <v>599</v>
       </c>
       <c r="C44" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="D44" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
-        <v>184</v>
+        <v>155</v>
       </c>
       <c r="B45" t="s">
-        <v>466</v>
+        <v>600</v>
       </c>
       <c r="C45" t="s">
-        <v>256</v>
+        <v>208</v>
       </c>
       <c r="D45" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" t="s">
-        <v>467</v>
+        <v>158</v>
       </c>
       <c r="B46" t="s">
-        <v>468</v>
+        <v>601</v>
       </c>
       <c r="C46" t="s">
-        <v>116</v>
+        <v>373</v>
       </c>
       <c r="D46" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
-        <v>80</v>
+        <v>103</v>
       </c>
       <c r="B47" t="s">
-        <v>469</v>
+        <v>602</v>
       </c>
       <c r="C47" t="s">
-        <v>470</v>
+        <v>208</v>
       </c>
       <c r="D47" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s">
-        <v>36</v>
+        <v>166</v>
       </c>
       <c r="B48" t="s">
-        <v>471</v>
+        <v>603</v>
       </c>
       <c r="C48" t="s">
-        <v>470</v>
+        <v>604</v>
       </c>
       <c r="D48" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s">
-        <v>472</v>
+        <v>61</v>
       </c>
       <c r="B49" t="s">
-        <v>473</v>
+        <v>605</v>
       </c>
       <c r="C49" t="s">
-        <v>386</v>
+        <v>604</v>
       </c>
       <c r="D49" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s">
-        <v>474</v>
+        <v>606</v>
       </c>
       <c r="B50" t="s">
-        <v>475</v>
+        <v>607</v>
       </c>
       <c r="C50" t="s">
-        <v>389</v>
+        <v>521</v>
       </c>
       <c r="D50" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" t="s">
-        <v>187</v>
+        <v>608</v>
       </c>
       <c r="B51" t="s">
-        <v>188</v>
+        <v>609</v>
       </c>
       <c r="C51" t="s">
-        <v>35</v>
+        <v>524</v>
       </c>
       <c r="D51" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" t="s">
-        <v>249</v>
+        <v>283</v>
       </c>
       <c r="B52" t="s">
-        <v>476</v>
+        <v>284</v>
       </c>
       <c r="C52" t="s">
-        <v>477</v>
+        <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" t="s">
-        <v>478</v>
+        <v>133</v>
       </c>
       <c r="B53" t="s">
-        <v>479</v>
+        <v>610</v>
       </c>
       <c r="C53" t="s">
-        <v>480</v>
+        <v>611</v>
       </c>
       <c r="D53" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" t="s">
-        <v>481</v>
+        <v>398</v>
       </c>
       <c r="B54" t="s">
-        <v>456</v>
+        <v>612</v>
       </c>
       <c r="C54" t="s">
-        <v>35</v>
+        <v>613</v>
       </c>
       <c r="D54" t="s">
-        <v>21</v>
+        <v>44</v>
+      </c>
+    </row>
+    <row r="55" spans="1:26">
+      <c r="A55" t="s">
+        <v>614</v>
+      </c>
+      <c r="B55" t="s">
+        <v>591</v>
+      </c>
+      <c r="C55" t="s">
+        <v>10</v>
+      </c>
+      <c r="D55" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z6"/>
@@ -5768,116 +7179,116 @@
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
-        <v>482</v>
+        <v>615</v>
       </c>
       <c r="B2" t="s">
-        <v>483</v>
+        <v>616</v>
       </c>
       <c r="C2" t="s">
-        <v>324</v>
+        <v>459</v>
       </c>
       <c r="D2" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
-        <v>484</v>
+        <v>617</v>
       </c>
       <c r="B3" t="s">
-        <v>485</v>
+        <v>618</v>
       </c>
       <c r="C3" t="s">
-        <v>486</v>
+        <v>619</v>
       </c>
       <c r="D3" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
-        <v>487</v>
+        <v>620</v>
       </c>
       <c r="B4" t="s">
-        <v>488</v>
+        <v>621</v>
       </c>
       <c r="C4" t="s">
-        <v>486</v>
+        <v>619</v>
       </c>
       <c r="D4" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
-        <v>489</v>
+        <v>622</v>
       </c>
       <c r="B5" t="s">
-        <v>490</v>
+        <v>623</v>
       </c>
       <c r="C5" t="s">
-        <v>491</v>
+        <v>624</v>
       </c>
       <c r="D5" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
-        <v>492</v>
+        <v>625</v>
       </c>
       <c r="B6" t="s">
-        <v>493</v>
+        <v>626</v>
       </c>
       <c r="C6" t="s">
-        <v>494</v>
+        <v>627</v>
       </c>
       <c r="D6" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z2"/>
@@ -5892,60 +7303,60 @@
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
     <col min="3" max="3" width="45" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
-        <v>181</v>
+        <v>155</v>
       </c>
       <c r="B2" t="s">
-        <v>182</v>
+        <v>280</v>
       </c>
       <c r="C2" t="s">
-        <v>183</v>
+        <v>112</v>
       </c>
       <c r="D2" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>